--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -165,101 +165,125 @@
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>420784845</t>
   </si>
   <si>
     <t>LONG SEJOUR - CH DE ROANNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1377_FicheEtablissement/fr/long-sejour-ch-de-roanne</t>
   </si>
   <si>
     <t>1377_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0477443143</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>420787319</t>
+  </si>
+  <si>
+    <t>CTRE MEDICO PSY. ADULTES ROANNE OUEST</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:09:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5311_FicheEtablissement/fr/cmp-adultes-de-roanne</t>
+  </si>
+  <si>
+    <t>5311_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Rue De Charlieu</t>
+  </si>
+  <si>
+    <t>0477443281</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>420785255</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T4"/>
+  <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -469,43 +493,105 @@
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" t="s">
         <v>50</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
         <v>51</v>
       </c>
       <c r="T4" t="s">
         <v>36</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>58</v>
+      </c>
+      <c r="R5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" t="s">
+        <v>59</v>
+      </c>
+      <c r="T5" t="s">
+        <v>36</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>