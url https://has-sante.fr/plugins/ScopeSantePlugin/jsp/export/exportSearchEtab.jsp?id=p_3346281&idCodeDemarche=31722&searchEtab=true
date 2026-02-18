--- v1 (2025-12-20)
+++ v2 (2026-02-18)
@@ -1,223 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE ROANNE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:16:03</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1342_FicheEtablissement/fr/ch-de-roanne</t>
+    <t>01/21/2025 10:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1342_FicheEtablissement/en/ch-de-roanne</t>
   </si>
   <si>
     <t>1342_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>28 Rue De Charlieu</t>
   </si>
   <si>
     <t>42328 ROANNE</t>
   </si>
   <si>
     <t>ROANNE</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>0477443000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>420000010</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>ANNEXE BONVERT - CH DE ROANNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1373_FicheEtablissement/fr/annexe-bonvert-ch-de-roanne</t>
+    <t>https://www.has-sante.fr/jcms/1373_FicheEtablissement/en/annexe-bonvert-ch-de-roanne</t>
   </si>
   <si>
     <t>1373_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>42300 MABLY</t>
   </si>
   <si>
     <t>MABLY</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>420784845</t>
   </si>
   <si>
     <t>LONG SEJOUR - CH DE ROANNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1377_FicheEtablissement/fr/long-sejour-ch-de-roanne</t>
+    <t>https://www.has-sante.fr/jcms/1377_FicheEtablissement/en/long-sejour-ch-de-roanne</t>
   </si>
   <si>
     <t>1377_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0477443143</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>420787319</t>
   </si>
   <si>
     <t>CTRE MEDICO PSY. ADULTES ROANNE OUEST</t>
   </si>
   <si>
-    <t>11/12/2025 03:09:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/5311_FicheEtablissement/fr/cmp-adultes-de-roanne</t>
+    <t>12/11/2025 03:09:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5311_FicheEtablissement/en/cmp-adultes-de-roanne</t>
   </si>
   <si>
     <t>5311_FicheEtablissement</t>
   </si>
   <si>
     <t>71 Rue De Charlieu</t>
   </si>
   <si>
     <t>0477443281</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>420785255</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>