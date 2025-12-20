--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE D'URSUYA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/10/2025 03:03:35</t>
+    <t>25/10/2025 03:12:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2204_FicheEtablissement/fr/clinique-d-ursuya</t>
   </si>
   <si>
     <t>2204_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>41 Avenue D'Ursuya</t>
   </si>
   <si>
     <t>64250 CAMBO LES BAINS</t>
   </si>
   <si>
     <t>CAMBO LES BAINS</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>05 59 93 58 58</t>
   </si>