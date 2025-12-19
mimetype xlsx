--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -1,379 +1,379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="110">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAUX MERE &amp; ENFANTS SITE VIGUIER CHU TOULOUSE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/06/2025 14:50:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/fr/hopitaux-mere-enfants-chu-toulouse</t>
+    <t>06/18/2025 14:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/en/hopitaux-mere-enfants-chu-toulouse</t>
   </si>
   <si>
     <t>920_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>330 Avenue De Grande Bretagne</t>
   </si>
   <si>
     <t>31059 TOULOUSE CEDEX 9</t>
   </si>
   <si>
     <t>TOULOUSE CEDEX 9</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0561772233</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>310016977</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL LARREY CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/fr/hopital-larrey-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/en/hopital-larrey-chu-toulouse</t>
   </si>
   <si>
     <t>922_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>24 Chemin De Pouvourville</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310019351</t>
   </si>
   <si>
     <t>HOPITAL GARONNE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/fr/hopital-garonne-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/en/hopital-garonne-chu-toulouse</t>
   </si>
   <si>
     <t>925_FicheEtablissement</t>
   </si>
   <si>
     <t>224 Avenue De Casselardit</t>
   </si>
   <si>
     <t>0561776611</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310022298</t>
   </si>
   <si>
     <t>ONCOPOLE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/fr/oncopole-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/en/oncopole-chu-toulouse</t>
   </si>
   <si>
     <t>928_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Irene Joliot Curie</t>
   </si>
   <si>
     <t>0531155050</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
     <t>310025333</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION FONCTIONNELLE LA FONTAINE SALEE CHU TLSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/fr/crf-la-fontaine-salee-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/en/crf-la-fontaine-salee-chu-toulouse</t>
   </si>
   <si>
     <t>955_FicheEtablissement</t>
   </si>
   <si>
     <t>31260 SALIES DU SALAT</t>
   </si>
   <si>
     <t>SALIES DU SALAT</t>
   </si>
   <si>
     <t>0561909200</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310782339</t>
   </si>
   <si>
     <t>HOPITAL PURPAN CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/fr/hopital-purpan-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/en/hopital-purpan-chu-toulouse</t>
   </si>
   <si>
     <t>958_FicheEtablissement</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310783048</t>
   </si>
   <si>
     <t>HOPITAL DE RANGUEIL CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/fr/hopital-de-rangueil-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/en/hopital-de-rangueil-chu-toulouse</t>
   </si>
   <si>
     <t>959_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Pr Jean Poulhes</t>
   </si>
   <si>
     <t>0561322533</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310783055</t>
   </si>
   <si>
     <t>HOPITAL LA GRAVE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/fr/hopital-la-grave-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/en/hopital-la-grave-chu-toulouse</t>
   </si>
   <si>
     <t>960_FicheEtablissement</t>
   </si>
   <si>
     <t>0561777833</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>310783063</t>
   </si>
   <si>
     <t>CLINIQUE ADOLESCENCE VILLA (EX CASSELARDIT VILLA ANCELY)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/fr/cl-adolescence-villa-chu-tlse</t>
+    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/en/cl-adolescence-villa-chu-tlse</t>
   </si>
   <si>
     <t>965_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>170 Avenue De Casselardit</t>
   </si>
   <si>
     <t>0561779330</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>310787304</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE HOPITAL GARONNE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/fr/usld-hopital-garonne-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/en/usld-hopital-garonne-chu-toulouse</t>
   </si>
   <si>
     <t>967_FicheEtablissement</t>
   </si>
   <si>
     <t>0561776613</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>310790332</t>
   </si>
   <si>
     <t>HOTEL DIEU SAINT JACQUES CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/fr/hotel-dieu-st-jacques-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/en/hotel-dieu-st-jacques-chu-toulouse</t>
   </si>
   <si>
     <t>4908_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Viguerie</t>
   </si>
   <si>
     <t>0561778233</t>
   </si>
   <si>
     <t>310000484</t>
   </si>
   <si>
-    <t>HOPITAL DE PSYCHIATRIE (EX BOURGEOIS PURPAN)</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/fr/hopital-de-psychiatrie</t>
+    <t>HOPITAL PSY ADULTE HC HJ CHU TOULOUSE (EX BOURGEOIS PURPAN)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/en/hopital-psy-adulte-hc-hj-chu-toulouse</t>
   </si>
   <si>
     <t>4933_FicheEtablissement</t>
   </si>
   <si>
     <t>0534557500</t>
   </si>
   <si>
     <t>310025077</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -1186,51 +1186,51 @@
       <c r="H13" t="s">
         <v>107</v>
       </c>
       <c r="I13" t="s">
         <v>87</v>
       </c>
       <c r="J13" t="s">
         <v>27</v>
       </c>
       <c r="K13" t="s">
         <v>28</v>
       </c>
       <c r="L13" t="s">
         <v>29</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
         <v>108</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>90</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>109</v>
       </c>
       <c r="T13" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>