--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -1,379 +1,379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="110">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAUX MERE &amp; ENFANTS SITE VIGUIER CHU TOULOUSE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/18/2025 14:50:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/en/hopitaux-mere-enfants-chu-toulouse</t>
+    <t>18/06/2025 14:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/920_FicheEtablissement/fr/hopitaux-mere-enfants-chu-toulouse</t>
   </si>
   <si>
     <t>920_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>330 Avenue De Grande Bretagne</t>
   </si>
   <si>
     <t>31059 TOULOUSE CEDEX 9</t>
   </si>
   <si>
     <t>TOULOUSE CEDEX 9</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0561772233</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>310016977</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL LARREY CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/en/hopital-larrey-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/922_FicheEtablissement/fr/hopital-larrey-chu-toulouse</t>
   </si>
   <si>
     <t>922_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>24 Chemin De Pouvourville</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310019351</t>
   </si>
   <si>
     <t>HOPITAL GARONNE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/en/hopital-garonne-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/925_FicheEtablissement/fr/hopital-garonne-chu-toulouse</t>
   </si>
   <si>
     <t>925_FicheEtablissement</t>
   </si>
   <si>
     <t>224 Avenue De Casselardit</t>
   </si>
   <si>
     <t>0561776611</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310022298</t>
   </si>
   <si>
     <t>ONCOPOLE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/en/oncopole-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/928_FicheEtablissement/fr/oncopole-chu-toulouse</t>
   </si>
   <si>
     <t>928_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Irene Joliot Curie</t>
   </si>
   <si>
     <t>0531155050</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
     <t>310025333</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION FONCTIONNELLE LA FONTAINE SALEE CHU TLSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/en/crf-la-fontaine-salee-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/955_FicheEtablissement/fr/crf-la-fontaine-salee-chu-toulouse</t>
   </si>
   <si>
     <t>955_FicheEtablissement</t>
   </si>
   <si>
     <t>31260 SALIES DU SALAT</t>
   </si>
   <si>
     <t>SALIES DU SALAT</t>
   </si>
   <si>
     <t>0561909200</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310782339</t>
   </si>
   <si>
     <t>HOPITAL PURPAN CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/en/hopital-purpan-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/958_FicheEtablissement/fr/hopital-purpan-chu-toulouse</t>
   </si>
   <si>
     <t>958_FicheEtablissement</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310783048</t>
   </si>
   <si>
     <t>HOPITAL DE RANGUEIL CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/en/hopital-de-rangueil-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/959_FicheEtablissement/fr/hopital-de-rangueil-chu-toulouse</t>
   </si>
   <si>
     <t>959_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Pr Jean Poulhes</t>
   </si>
   <si>
     <t>0561322533</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>310783055</t>
   </si>
   <si>
     <t>HOPITAL LA GRAVE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/en/hopital-la-grave-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/960_FicheEtablissement/fr/hopital-la-grave-chu-toulouse</t>
   </si>
   <si>
     <t>960_FicheEtablissement</t>
   </si>
   <si>
     <t>0561777833</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>310783063</t>
   </si>
   <si>
     <t>CLINIQUE ADOLESCENCE VILLA (EX CASSELARDIT VILLA ANCELY)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/en/cl-adolescence-villa-chu-tlse</t>
+    <t>https://www.has-sante.fr/jcms/965_FicheEtablissement/fr/cl-adolescence-villa-chu-tlse</t>
   </si>
   <si>
     <t>965_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>170 Avenue De Casselardit</t>
   </si>
   <si>
     <t>0561779330</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>310787304</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE HOPITAL GARONNE CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/en/usld-hopital-garonne-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/967_FicheEtablissement/fr/usld-hopital-garonne-chu-toulouse</t>
   </si>
   <si>
     <t>967_FicheEtablissement</t>
   </si>
   <si>
     <t>0561776613</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>310790332</t>
   </si>
   <si>
     <t>HOTEL DIEU SAINT JACQUES CHU TOULOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/en/hotel-dieu-st-jacques-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/4908_FicheEtablissement/fr/hotel-dieu-st-jacques-chu-toulouse</t>
   </si>
   <si>
     <t>4908_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Viguerie</t>
   </si>
   <si>
     <t>0561778233</t>
   </si>
   <si>
     <t>310000484</t>
   </si>
   <si>
     <t>HOPITAL PSY ADULTE HC HJ CHU TOULOUSE (EX BOURGEOIS PURPAN)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/en/hopital-psy-adulte-hc-hj-chu-toulouse</t>
+    <t>https://www.has-sante.fr/jcms/4933_FicheEtablissement/fr/hopital-psy-adulte-hc-hj-chu-toulouse</t>
   </si>
   <si>
     <t>4933_FicheEtablissement</t>
   </si>
   <si>
     <t>0534557500</t>
   </si>
   <si>
     <t>310025077</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>