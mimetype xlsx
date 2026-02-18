--- v0 (2025-10-19)
+++ v1 (2026-02-18)
@@ -89,51 +89,51 @@
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE GENEVIEVE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/30/2025 16:31:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2695_FicheEtablissement/en/clinique-sainte-genevieve</t>
   </si>
   <si>
     <t>2695_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>29 Rue Sarrette</t>
   </si>
   <si>
     <t>75014 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0156535858</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>750300550</t>
   </si>