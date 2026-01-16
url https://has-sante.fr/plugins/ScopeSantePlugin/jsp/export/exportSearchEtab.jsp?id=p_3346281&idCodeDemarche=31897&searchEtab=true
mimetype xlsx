--- v0 (2025-11-14)
+++ v1 (2026-01-16)
@@ -107,66 +107,66 @@
   <si>
     <t>https://www.has-sante.fr/jcms/264_FicheEtablissement/fr/ch-narbonne</t>
   </si>
   <si>
     <t>264_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>11108 NARBONNE</t>
   </si>
   <si>
     <t>NARBONNE</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>0468426002</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>110000056</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER FRANCIS VALS PORT LA NOUVELLE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/267_FicheEtablissement/fr/ch-francis-vals-port-la-nouvelle</t>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL NARBONNE PORT LA NOUVELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/267_FicheEtablissement/fr/chi-narbonne-port-la-nouvelle</t>
   </si>
   <si>
     <t>267_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>150 Rue Frederic De Girard</t>
   </si>
   <si>
     <t>11210 PORT LA NOUVELLE</t>
   </si>
   <si>
     <t>PORT LA NOUVELLE</t>
   </si>
   <si>
     <t>0468404250</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>110000262</t>
   </si>