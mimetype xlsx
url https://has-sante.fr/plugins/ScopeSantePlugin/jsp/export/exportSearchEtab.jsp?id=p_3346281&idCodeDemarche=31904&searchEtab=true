--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,691 +1,691 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="520" uniqueCount="216">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE BOURG EN BRESSE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:16:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3549_FicheEtablissement/en/unite-de-dialyse-bourg-en-bresse</t>
+    <t>21/01/2025 10:16:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3549_FicheEtablissement/fr/unite-de-dialyse-bourg-en-bresse</t>
   </si>
   <si>
     <t>3549_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>6 Rue Gay Lussac</t>
   </si>
   <si>
     <t>01440 VIRIAT</t>
   </si>
   <si>
     <t>VIRIAT</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>0474503260</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>010789006</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CHATILLON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3623_FicheEtablissement/en/unite-de-dialyse-de-chatillon</t>
+    <t>https://www.has-sante.fr/jcms/3623_FicheEtablissement/fr/unite-de-dialyse-de-chatillon</t>
   </si>
   <si>
     <t>3623_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>21400 CHATILLON SUR SEINE</t>
   </si>
   <si>
     <t>CHATILLON SUR SEINE</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>0380817497</t>
   </si>
   <si>
     <t>210001483</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE DE DIJON DREVON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3624_FicheEtablissement/en/centre-de-dialyse-de-dijon-drevon</t>
+    <t>https://www.has-sante.fr/jcms/3624_FicheEtablissement/fr/centre-de-dialyse-de-dijon-drevon</t>
   </si>
   <si>
     <t>3624_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Des Princes De Conde</t>
   </si>
   <si>
     <t>21000 DIJON</t>
   </si>
   <si>
     <t>DIJON</t>
   </si>
   <si>
     <t>0380650660</t>
   </si>
   <si>
     <t>210001889</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE DIJON BREUCHILLIERE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3625_FicheEtablissement/en/unite-de-dialyse-dijon-breuchilliere</t>
+    <t>https://www.has-sante.fr/jcms/3625_FicheEtablissement/fr/unite-de-dialyse-dijon-breuchilliere</t>
   </si>
   <si>
     <t>3625_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Rue De La Breuchillière</t>
   </si>
   <si>
     <t>0380288650</t>
   </si>
   <si>
     <t>210001939</t>
   </si>
   <si>
     <t>DIALYSE DIJON GAFFAREL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3626_FicheEtablissement/en/dialyse-dijon-gaffarel</t>
+    <t>https://www.has-sante.fr/jcms/3626_FicheEtablissement/fr/dialyse-dijon-gaffarel</t>
   </si>
   <si>
     <t>3626_FicheEtablissement</t>
   </si>
   <si>
     <t>21033 DIJON</t>
   </si>
   <si>
     <t>0380293379</t>
   </si>
   <si>
     <t>210986360</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE PONTARLIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3645_FicheEtablissement/en/unite-de-dialyse-de-pontarlier</t>
+    <t>https://www.has-sante.fr/jcms/3645_FicheEtablissement/fr/unite-de-dialyse-de-pontarlier</t>
   </si>
   <si>
     <t>3645_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Faubourg Saint Etienne</t>
   </si>
   <si>
     <t>25300 PONTARLIER</t>
   </si>
   <si>
     <t>PONTARLIER</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>0381394625</t>
   </si>
   <si>
     <t>250013448</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE BESANCON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3646_FicheEtablissement/en/unite-de-dialyse-besancon</t>
+    <t>https://www.has-sante.fr/jcms/3646_FicheEtablissement/fr/unite-de-dialyse-besancon</t>
   </si>
   <si>
     <t>3646_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Branly</t>
   </si>
   <si>
     <t>25000 BESANCON</t>
   </si>
   <si>
     <t>BESANCON</t>
   </si>
   <si>
     <t>0381519160</t>
   </si>
   <si>
     <t>250015526</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MONTBELIARD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3647_FicheEtablissement/en/unite-de-dialyse-de-montbeliard</t>
+    <t>https://www.has-sante.fr/jcms/3647_FicheEtablissement/fr/unite-de-dialyse-de-montbeliard</t>
   </si>
   <si>
     <t>3647_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Pierre Et Marie Curie</t>
   </si>
   <si>
     <t>25200 MONTBELIARD</t>
   </si>
   <si>
     <t>MONTBELIARD</t>
   </si>
   <si>
     <t>0381312650</t>
   </si>
   <si>
     <t>250015534</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE DOLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3769_FicheEtablissement/en/unite-de-dialyse-de-dole</t>
+    <t>https://www.has-sante.fr/jcms/3769_FicheEtablissement/fr/unite-de-dialyse-de-dole</t>
   </si>
   <si>
     <t>3769_FicheEtablissement</t>
   </si>
   <si>
     <t>39108 DOLE</t>
   </si>
   <si>
     <t>DOLE</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>0384824871</t>
   </si>
   <si>
     <t>390786408</t>
   </si>
   <si>
     <t>UNITE DIALYSE SANTELYS VESOUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3961_FicheEtablissement/en/unite-dialyse-santelys-vesoul</t>
+    <t>https://www.has-sante.fr/jcms/3961_FicheEtablissement/fr/unite-dialyse-santelys-vesoul</t>
   </si>
   <si>
     <t>3961_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Simone Veil</t>
   </si>
   <si>
     <t>70000 VESOUL</t>
   </si>
   <si>
     <t>VESOUL</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>0384966058</t>
   </si>
   <si>
     <t>700003577</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MONTCEAU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3962_FicheEtablissement/en/unite-de-dialyse-de-montceau</t>
+    <t>https://www.has-sante.fr/jcms/3962_FicheEtablissement/fr/unite-de-dialyse-de-montceau</t>
   </si>
   <si>
     <t>3962_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Barbes</t>
   </si>
   <si>
     <t>71300 MONTCEAU LES MINES</t>
   </si>
   <si>
     <t>MONTCEAU LES MINES</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>0385676060</t>
   </si>
   <si>
     <t>710010166</t>
   </si>
   <si>
     <t>ANTENNE DIALYSE DE MACON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3963_FicheEtablissement/en/antenne-dialyse-de-macon</t>
+    <t>https://www.has-sante.fr/jcms/3963_FicheEtablissement/fr/antenne-dialyse-de-macon</t>
   </si>
   <si>
     <t>3963_FicheEtablissement</t>
   </si>
   <si>
     <t>71018 MACON</t>
   </si>
   <si>
     <t>MACON</t>
   </si>
   <si>
     <t>0385203040</t>
   </si>
   <si>
     <t>710970658</t>
   </si>
   <si>
     <t>ANTENNE DIALYSE DE CHALON SUR SAONE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3964_FicheEtablissement/en/antenne-dialyse-de-chalon-sur-saone</t>
+    <t>https://www.has-sante.fr/jcms/3964_FicheEtablissement/fr/antenne-dialyse-de-chalon-sur-saone</t>
   </si>
   <si>
     <t>3964_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Du Capitaine Drillien</t>
   </si>
   <si>
     <t>71321 CHALON SUR SAONE</t>
   </si>
   <si>
     <t>CHALON SUR SAONE</t>
   </si>
   <si>
     <t>0385446688</t>
   </si>
   <si>
     <t>710973504</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CHALON SAINT REMY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3965_FicheEtablissement/en/unite-de-dialyse-de-chalon-saint-remy</t>
+    <t>https://www.has-sante.fr/jcms/3965_FicheEtablissement/fr/unite-de-dialyse-de-chalon-saint-remy</t>
   </si>
   <si>
     <t>3965_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Rue Mendes France</t>
   </si>
   <si>
     <t>71100 ST REMY</t>
   </si>
   <si>
     <t>ST REMY</t>
   </si>
   <si>
     <t>0385931626</t>
   </si>
   <si>
     <t>710974502</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MACON CHANAUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3966_FicheEtablissement/en/unite-de-dialyse-de-macon-chanaux</t>
+    <t>https://www.has-sante.fr/jcms/3966_FicheEtablissement/fr/unite-de-dialyse-de-macon-chanaux</t>
   </si>
   <si>
     <t>3966_FicheEtablissement</t>
   </si>
   <si>
     <t>0380729400</t>
   </si>
   <si>
     <t>710974528</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE SENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4059_FicheEtablissement/en/unite-de-dialyse-de-sens</t>
+    <t>https://www.has-sante.fr/jcms/4059_FicheEtablissement/fr/unite-de-dialyse-de-sens</t>
   </si>
   <si>
     <t>4059_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Amedee Guerard</t>
   </si>
   <si>
     <t>89100 SENS</t>
   </si>
   <si>
     <t>SENS</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>0386131845</t>
   </si>
   <si>
     <t>890003130</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'AUXERRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4060_FicheEtablissement/en/unite-de-dialyse-d-auxerre</t>
+    <t>https://www.has-sante.fr/jcms/4060_FicheEtablissement/fr/unite-de-dialyse-d-auxerre</t>
   </si>
   <si>
     <t>4060_FicheEtablissement</t>
   </si>
   <si>
     <t>89000 AUXERRE</t>
   </si>
   <si>
     <t>AUXERRE</t>
   </si>
   <si>
     <t>0386181020</t>
   </si>
   <si>
     <t>890008295</t>
   </si>
   <si>
     <t>ANTENNE DIALYSE D'AUXERRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4061_FicheEtablissement/en/antenne-dialyse-d-auxerre</t>
+    <t>https://www.has-sante.fr/jcms/4061_FicheEtablissement/fr/antenne-dialyse-d-auxerre</t>
   </si>
   <si>
     <t>4061_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Boulevard De Verdun</t>
   </si>
   <si>
     <t>0386484848</t>
   </si>
   <si>
     <t>890972862</t>
   </si>
   <si>
     <t>ANTENNE DIALYSE DE SENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4062_FicheEtablissement/en/antenne-dialyse-de-sens</t>
+    <t>https://www.has-sante.fr/jcms/4062_FicheEtablissement/fr/antenne-dialyse-de-sens</t>
   </si>
   <si>
     <t>4062_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Pierre De Coubertin</t>
   </si>
   <si>
     <t>89106 SENS</t>
   </si>
   <si>
     <t>0386951515</t>
   </si>
   <si>
     <t>890973431</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BELFORT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4063_FicheEtablissement/en/unite-de-dialyse-de-belfort</t>
+    <t>https://www.has-sante.fr/jcms/4063_FicheEtablissement/fr/unite-de-dialyse-de-belfort</t>
   </si>
   <si>
     <t>4063_FicheEtablissement</t>
   </si>
   <si>
     <t>90000 BELFORT</t>
   </si>
   <si>
     <t>BELFORT</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>0384905090</t>
   </si>
   <si>
     <t>900001728</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE AMBERIEU EN BUGEY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4132_FicheEtablissement/en/unite-de-dialyse-amberieu-en-bugey</t>
+    <t>https://www.has-sante.fr/jcms/4132_FicheEtablissement/fr/unite-de-dialyse-amberieu-en-bugey</t>
   </si>
   <si>
     <t>4132_FicheEtablissement</t>
   </si>
   <si>
     <t>31 Rue Du Pr Luc Montagnier</t>
   </si>
   <si>
     <t>01500 AMBERIEU EN BUGEY</t>
   </si>
   <si>
     <t>AMBERIEU EN BUGEY</t>
   </si>
   <si>
     <t>0474610700</t>
   </si>
   <si>
     <t>010011385</t>
   </si>
   <si>
     <t>SANTELYS BFC ETABLISSEMENT SIEGE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7586_FicheEtablissement/en/santelys-bfc-etablissement-siege</t>
+    <t>https://www.has-sante.fr/jcms/7586_FicheEtablissement/fr/santelys-bfc-etablissement-siege</t>
   </si>
   <si>
     <t>7586_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue De La Brot</t>
   </si>
   <si>
     <t>21850 ST APOLLINAIRE</t>
   </si>
   <si>
     <t>ST APOLLINAIRE</t>
   </si>
   <si>
     <t>210010484</t>
   </si>
   <si>
     <t>UNITE DE  DIALYSE LONS LE SAUNIER SANTELYS BFC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7673_FicheEtablissement/en/unite-de-dialyse-lons-le-saunier</t>
+    <t>https://www.has-sante.fr/jcms/7673_FicheEtablissement/fr/unite-de-dialyse-lons-le-saunier</t>
   </si>
   <si>
     <t>7673_FicheEtablissement</t>
   </si>
   <si>
     <t>55 Rue Dr Jean Michel</t>
   </si>
   <si>
     <t>39000 LONS LE SAUNIER</t>
   </si>
   <si>
     <t>LONS LE SAUNIER</t>
   </si>
   <si>
     <t>390006740</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE SEMUR-EN-AUXOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7707_FicheEtablissement/en/unite-de-dialyse-de-semur-en-auxois</t>
+    <t>https://www.has-sante.fr/jcms/7707_FicheEtablissement/fr/unite-de-dialyse-de-semur-en-auxois</t>
   </si>
   <si>
     <t>7707_FicheEtablissement</t>
   </si>
   <si>
     <t>21140 SEMUR EN AUXOIS</t>
   </si>
   <si>
     <t>SEMUR EN AUXOIS</t>
   </si>
   <si>
     <t>210013470</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GRAY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7725_FicheEtablissement/en/unite-de-dialyse-de-gray</t>
+    <t>https://www.has-sante.fr/jcms/7725_FicheEtablissement/fr/unite-de-dialyse-de-gray</t>
   </si>
   <si>
     <t>7725_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Impasse Pierre Thevenot</t>
   </si>
   <si>
     <t>70100 GRAY</t>
   </si>
   <si>
     <t>GRAY</t>
   </si>
   <si>
     <t>700005739</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>