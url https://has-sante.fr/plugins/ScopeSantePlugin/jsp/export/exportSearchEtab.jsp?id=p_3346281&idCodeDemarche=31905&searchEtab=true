--- v0 (2025-10-05)
+++ v1 (2026-02-16)
@@ -143,51 +143,51 @@
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL ESTAING - CHU CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2179_FicheEtablissement/fr/hopital-estaing-chu63</t>
   </si>
   <si>
     <t>2179_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Place Lucie Aubrac</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>630781268</t>
   </si>
   <si>
     <t>CHU PSYCHIATRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2183_FicheEtablissement/fr/chu-psychiatrie</t>
+    <t>https://www.has-sante.fr/jcms/2183_FicheEtablissement/fr/psychiatrie-chu63</t>
   </si>
   <si>
     <t>2183_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>630781771</t>
   </si>
   <si>
     <t>HOPITAL LOUISE MICHEL - CHU CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2188_FicheEtablissement/fr/hopital-louise-michel-chu63</t>
   </si>
   <si>
     <t>2188_FicheEtablissement</t>
   </si>
   <si>
     <t>63118 CEBAZAT</t>
   </si>