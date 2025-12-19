--- v0 (2025-10-27)
+++ v1 (2025-12-19)
@@ -110,51 +110,51 @@
   <si>
     <t>2704_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>21 Rue De Chazelles</t>
   </si>
   <si>
     <t>75017 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0148882525</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie</t>
   </si>
   <si>
     <t>750300915</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE D AUTODIALYSE PARC MONCEAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3988_FicheEtablissement/en/unite-d-autodialyse</t>
   </si>
   <si>
     <t>3988_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue De Chazelles</t>
   </si>
   <si>
     <t>0148882627</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>