--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE MARIGNY SAINT LOUP CAMMAS</t>
+    <t>HC HDJ AMBU ADULTE ENF ADO CL MARIGNY SAINT LOUP CAMMAS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:40</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/948_FicheEtablissement/fr/cl-marigny-st-loup-cammas</t>
+    <t>https://www.has-sante.fr/jcms/948_FicheEtablissement/fr/hc-hdj-ambu-adult-ea-cl-marigny</t>
   </si>
   <si>
     <t>948_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>2 Rue Du Treil</t>
   </si>
   <si>
     <t>31140 ST LOUP CAMMAS</t>
   </si>
   <si>
     <t>ST LOUP CAMMAS</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0562229177</t>
   </si>
   <si>
     <t>Privé</t>
   </si>