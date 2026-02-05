--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>SSR JACQUES FICHEUX SAINT-GOBAIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:17:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/46_FicheEtablissement/fr/ssr-jacques-ficheux-saint-gobain</t>
   </si>
   <si>
     <t>46_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
+    <t>grand</t>
   </si>
   <si>
     <t>02410 ST GOBAIN</t>
   </si>
   <si>
     <t>ST GOBAIN</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>0323387800</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>020000915</t>
   </si>