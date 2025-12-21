--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LA LAURANNE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/01/2025 16:08:28</t>
+    <t>17/12/2025 09:11:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/418_FicheEtablissement/fr/clinique-la-lauranne</t>
   </si>
   <si>
     <t>418_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1059 Chemin De Saint Hilaire Zac</t>
   </si>
   <si>
     <t>13320 BOUC BEL AIR</t>
   </si>
   <si>
     <t>BOUC BEL AIR</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0442229797</t>
   </si>