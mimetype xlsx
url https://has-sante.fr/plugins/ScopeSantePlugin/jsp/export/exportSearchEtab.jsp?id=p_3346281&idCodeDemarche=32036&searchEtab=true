--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -74,69 +74,69 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>SSR LES RECOLLETS</t>
+    <t>SMR LES RECOLLETS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/06/2025 07:49:31</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1561_FicheEtablissement/fr/ssr-les-recollets</t>
+    <t>https://www.has-sante.fr/jcms/1561_FicheEtablissement/fr/smr-les-recollets</t>
   </si>
   <si>
     <t>1561_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>3 Rue Des Petits Bois</t>
+    <t>3 Rue Du Petits Bois</t>
   </si>
   <si>
     <t>49700 DOUE EN ANJOU</t>
   </si>
   <si>
     <t>DOUE EN ANJOU</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241832222</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>490000601</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>