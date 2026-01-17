--- v0 (2025-11-27)
+++ v1 (2026-01-17)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1573_FicheEtablissement/fr/clinique-chirurgicale-de-la-loire</t>
   </si>
   <si>
     <t>1573_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>49402 SAUMUR</t>
   </si>
   <si>
     <t>SAUMUR</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241833300</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie</t>
+    <t>Chirurgie</t>
   </si>
   <si>
     <t>490007929</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>