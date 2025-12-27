--- v0 (2025-10-21)
+++ v1 (2025-12-27)
@@ -110,51 +110,51 @@
   <si>
     <t>2231_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>40 Boulevard Alsace Lorraine</t>
   </si>
   <si>
     <t>64000 PAU</t>
   </si>
   <si>
     <t>PAU</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>0559927272</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Médecine, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Médecine</t>
   </si>
   <si>
     <t>640780938</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>POLYCLINIQUE PAU PYRENEES SITE NAVARRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2232_FicheEtablissement/fr/polyclinique-pau-pyrenees-site-navarre</t>
   </si>
   <si>
     <t>2232_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Boulevard Hauterive</t>
   </si>
   <si>
     <t>64075 PAU</t>
   </si>
   <si>
     <t>0559145454</t>
   </si>