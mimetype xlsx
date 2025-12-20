--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,1162 +1,1162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="371">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>SANTELYS HAD ROUBAIX ET ENVIRONS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/05/2025 08:58:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1942_FicheEtablissement/fr/santelys-had-roubaix-et-environs</t>
+    <t>05/21/2025 08:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1942_FicheEtablissement/en/santelys-had-roubaix-et-environs</t>
   </si>
   <si>
     <t>1942_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>256 Rue Du Flocon</t>
   </si>
   <si>
     <t>59200 TOURCOING</t>
   </si>
   <si>
     <t>TOURCOING</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>03 62 28 80 00</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>590046124</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>SANTELYS HAD LILLE METROPOLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2010_FicheEtablissement/fr/santelys-had-lille-metropole</t>
+    <t>https://www.has-sante.fr/jcms/2010_FicheEtablissement/en/santelys-had-lille-metropole</t>
   </si>
   <si>
     <t>2010_FicheEtablissement</t>
   </si>
   <si>
     <t>351 Rue Ambroise Pare</t>
   </si>
   <si>
     <t>59120 LOOS</t>
   </si>
   <si>
     <t>LOOS</t>
   </si>
   <si>
     <t>0362288000</t>
   </si>
   <si>
     <t>590812509</t>
   </si>
   <si>
     <t>SANTELYS HAD DU BÉTHUNOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2110_FicheEtablissement/fr/santelys-had-du-bethunois</t>
+    <t>https://www.has-sante.fr/jcms/2110_FicheEtablissement/en/santelys-had-du-bethunois</t>
   </si>
   <si>
     <t>2110_FicheEtablissement</t>
   </si>
   <si>
     <t>62660 BEUVRY</t>
   </si>
   <si>
     <t>BEUVRY</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>620003889</t>
   </si>
   <si>
     <t>SANTELYS HAD ARTOIS ET TERNOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2114_FicheEtablissement/fr/santelys-had-artois-et-ternois</t>
+    <t>https://www.has-sante.fr/jcms/2114_FicheEtablissement/en/santelys-had-artois-et-ternois</t>
   </si>
   <si>
     <t>2114_FicheEtablissement</t>
   </si>
   <si>
     <t>48 Avenue Winston Churchill</t>
   </si>
   <si>
     <t>62000 ARRAS</t>
   </si>
   <si>
     <t>ARRAS</t>
   </si>
   <si>
     <t>620010389</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CHAUNY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3550_FicheEtablissement/fr/unite-de-dialyse-de-chauny</t>
+    <t>https://www.has-sante.fr/jcms/3550_FicheEtablissement/en/unite-de-dialyse-de-chauny</t>
   </si>
   <si>
     <t>3550_FicheEtablissement</t>
   </si>
   <si>
     <t>45 Rue Pasteur</t>
   </si>
   <si>
     <t>02300 CHAUNY</t>
   </si>
   <si>
     <t>CHAUNY</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>020001772</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LAON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3551_FicheEtablissement/fr/unite-de-dialyse-de-laon</t>
+    <t>https://www.has-sante.fr/jcms/3551_FicheEtablissement/en/unite-de-dialyse-de-laon</t>
   </si>
   <si>
     <t>3551_FicheEtablissement</t>
   </si>
   <si>
     <t>46 Rue Du 13 Octobre 1918</t>
   </si>
   <si>
     <t>02000 LAON</t>
   </si>
   <si>
     <t>LAON</t>
   </si>
   <si>
     <t>020001913</t>
   </si>
   <si>
     <t>UNITE DIALYSE DE COURMELLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3552_FicheEtablissement/fr/unite-dialyse-de-courmelles</t>
+    <t>https://www.has-sante.fr/jcms/3552_FicheEtablissement/en/unite-dialyse-de-courmelles</t>
   </si>
   <si>
     <t>3552_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>58 Place St Georges</t>
   </si>
   <si>
     <t>02200 COURMELLES</t>
   </si>
   <si>
     <t>COURMELLES</t>
   </si>
   <si>
     <t>020006441</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE SAINT-QUENTIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3553_FicheEtablissement/fr/unite-de-dialyse-de-saint-quentin</t>
+    <t>https://www.has-sante.fr/jcms/3553_FicheEtablissement/en/unite-de-dialyse-de-saint-quentin</t>
   </si>
   <si>
     <t>3553_FicheEtablissement</t>
   </si>
   <si>
     <t>263 Rue De Fayet</t>
   </si>
   <si>
     <t>02100 ST QUENTIN</t>
   </si>
   <si>
     <t>ST QUENTIN</t>
   </si>
   <si>
     <t>020012860</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GUISE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3554_FicheEtablissement/fr/unite-de-dialyse-de-guise</t>
+    <t>https://www.has-sante.fr/jcms/3554_FicheEtablissement/en/unite-de-dialyse-de-guise</t>
   </si>
   <si>
     <t>3554_FicheEtablissement</t>
   </si>
   <si>
     <t>934 Rue Des Docteurs Devillers</t>
   </si>
   <si>
     <t>02120 GUISE</t>
   </si>
   <si>
     <t>GUISE</t>
   </si>
   <si>
     <t>020016242</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CAUDRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3859_FicheEtablissement/fr/unite-de-dialyse-de-caudry</t>
+    <t>https://www.has-sante.fr/jcms/3859_FicheEtablissement/en/unite-de-dialyse-de-caudry</t>
   </si>
   <si>
     <t>3859_FicheEtablissement</t>
   </si>
   <si>
     <t>59540 CAUDRY</t>
   </si>
   <si>
     <t>CAUDRY</t>
   </si>
   <si>
     <t>590015418</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE COUDEKERQUE BRANCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3860_FicheEtablissement/fr/unite-dialyse-de-coudekerque-branche</t>
+    <t>https://www.has-sante.fr/jcms/3860_FicheEtablissement/en/unite-dialyse-de-coudekerque-branche</t>
   </si>
   <si>
     <t>3860_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Avenue Des Deux Steendam</t>
   </si>
   <si>
     <t>59210 COUDEKERQUE BRANCHE</t>
   </si>
   <si>
     <t>COUDEKERQUE BRANCHE</t>
   </si>
   <si>
     <t>590023438</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE ROUBAIX GRAND RUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3861_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-grand-rue</t>
+    <t>https://www.has-sante.fr/jcms/3861_FicheEtablissement/en/unite-de-dialyse-de-roubaix-grand-rue</t>
   </si>
   <si>
     <t>3861_FicheEtablissement</t>
   </si>
   <si>
     <t>59100 ROUBAIX</t>
   </si>
   <si>
     <t>ROUBAIX</t>
   </si>
   <si>
     <t>590024618</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE ROUBAIX DELORY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3862_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-delory</t>
+    <t>https://www.has-sante.fr/jcms/3862_FicheEtablissement/en/unite-de-dialyse-de-roubaix-delory</t>
   </si>
   <si>
     <t>3862_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Avenue Gustave Delory</t>
   </si>
   <si>
     <t>59052 ROUBAIX CEDEX 1</t>
   </si>
   <si>
     <t>ROUBAIX CEDEX 1</t>
   </si>
   <si>
     <t>590024659</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LOOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3863_FicheEtablissement/fr/unite-de-dialyse-de-loos</t>
+    <t>https://www.has-sante.fr/jcms/3863_FicheEtablissement/en/unite-de-dialyse-de-loos</t>
   </si>
   <si>
     <t>3863_FicheEtablissement</t>
   </si>
   <si>
     <t>590031738</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE FACHES-THUMESNIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3865_FicheEtablissement/fr/unite-de-dialyse-de-faches-thumesnil</t>
+    <t>https://www.has-sante.fr/jcms/3865_FicheEtablissement/en/unite-de-dialyse-de-faches-thumesnil</t>
   </si>
   <si>
     <t>3865_FicheEtablissement</t>
   </si>
   <si>
     <t>128 Avenue De Dunkerque</t>
   </si>
   <si>
     <t>59155 FACHES THUMESNIL</t>
   </si>
   <si>
     <t>FACHES THUMESNIL</t>
   </si>
   <si>
     <t>590035200</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LAMBERSART</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/fr/santelys-unite-de-dialyse-lambersart</t>
+    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/en/santelys-unite-de-dialyse-lambersart</t>
   </si>
   <si>
     <t>3866_FicheEtablissement</t>
   </si>
   <si>
     <t>48 Rue De La Carnoy</t>
   </si>
   <si>
     <t>59130 LAMBERSART</t>
   </si>
   <si>
     <t>LAMBERSART</t>
   </si>
   <si>
     <t>0320220340</t>
   </si>
   <si>
     <t>590035390</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'IWUY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3867_FicheEtablissement/fr/unite-de-dialyse-d-iwuy</t>
+    <t>https://www.has-sante.fr/jcms/3867_FicheEtablissement/en/unite-de-dialyse-d-iwuy</t>
   </si>
   <si>
     <t>3867_FicheEtablissement</t>
   </si>
   <si>
     <t>59141 IWUY</t>
   </si>
   <si>
     <t>IWUY</t>
   </si>
   <si>
     <t>590040317</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LA BASSEE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3868_FicheEtablissement/fr/unite-de-dialyse-de-la-bassee</t>
+    <t>https://www.has-sante.fr/jcms/3868_FicheEtablissement/en/unite-de-dialyse-de-la-bassee</t>
   </si>
   <si>
     <t>3868_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Des Casernes</t>
   </si>
   <si>
     <t>59480 LA BASSEE</t>
   </si>
   <si>
     <t>LA BASSEE</t>
   </si>
   <si>
     <t>590040325</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3870_FicheEtablissement/fr/unite-de-dialyse-de-lille</t>
+    <t>https://www.has-sante.fr/jcms/3870_FicheEtablissement/en/unite-de-dialyse-de-lille</t>
   </si>
   <si>
     <t>3870_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Rue Du Ballon</t>
   </si>
   <si>
     <t>59000 LILLE</t>
   </si>
   <si>
     <t>LILLE</t>
   </si>
   <si>
     <t>0662288000</t>
   </si>
   <si>
     <t>590044640</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE TOURCOING</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3871_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing</t>
+    <t>https://www.has-sante.fr/jcms/3871_FicheEtablissement/en/unite-de-dialyse-de-tourcoing</t>
   </si>
   <si>
     <t>3871_FicheEtablissement</t>
   </si>
   <si>
     <t>590045514</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MÉRIGNIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/fr/unite-de-dialyse-de-merignies</t>
+    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/en/unite-de-dialyse-de-merignies</t>
   </si>
   <si>
     <t>3872_FicheEtablissement</t>
   </si>
   <si>
     <t>140 Avenue Du Golf</t>
   </si>
   <si>
     <t>59710 MERIGNIES</t>
   </si>
   <si>
     <t>MERIGNIES</t>
   </si>
   <si>
     <t>590045951</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE D'HAZEBROUCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/fr/unite-d-autodialyse-d-hazebrouck</t>
+    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/en/unite-d-autodialyse-d-hazebrouck</t>
   </si>
   <si>
     <t>3874_FicheEtablissement</t>
   </si>
   <si>
     <t>59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>HAZEBROUCK</t>
   </si>
   <si>
     <t>590046744</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE DOURLERS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/fr/unite-dialyse-de-dourlers</t>
+    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/en/unite-dialyse-de-dourlers</t>
   </si>
   <si>
     <t>3875_FicheEtablissement</t>
   </si>
   <si>
     <t>59440 DOURLERS</t>
   </si>
   <si>
     <t>DOURLERS</t>
   </si>
   <si>
     <t>590046751</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE HOUPLINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/fr/unite-de-dialyse-de-houplines</t>
+    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/en/unite-de-dialyse-de-houplines</t>
   </si>
   <si>
     <t>3876_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Massenet</t>
   </si>
   <si>
     <t>59116 HOUPLINES</t>
   </si>
   <si>
     <t>HOUPLINES</t>
   </si>
   <si>
     <t>590046769</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE FLERS EN ESCREBIEUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/fr/unite-d-autodialyse-de-flers</t>
+    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/en/unite-d-autodialyse-de-flers</t>
   </si>
   <si>
     <t>3877_FicheEtablissement</t>
   </si>
   <si>
     <t>59128 FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>590047361</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GRAVELINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/fr/unite-de-dialyse-de-gravelines</t>
+    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/en/unite-de-dialyse-de-gravelines</t>
   </si>
   <si>
     <t>3878_FicheEtablissement</t>
   </si>
   <si>
     <t>59820 GRAVELINES</t>
   </si>
   <si>
     <t>GRAVELINES</t>
   </si>
   <si>
     <t>590047866</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE MÉDICALISÉE PROVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/fr/unite-de-dialyse-medicalisee-proville</t>
+    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/en/unite-de-dialyse-medicalisee-proville</t>
   </si>
   <si>
     <t>3879_FicheEtablissement</t>
   </si>
   <si>
     <t>110 Route De Paris</t>
   </si>
   <si>
     <t>59267 PROVILLE</t>
   </si>
   <si>
     <t>PROVILLE</t>
   </si>
   <si>
     <t>590047874</t>
   </si>
   <si>
     <t>DIALYSE A DOMICILE DE LOOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/fr/dialyse-a-domicile-de-loos</t>
+    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/en/dialyse-a-domicile-de-loos</t>
   </si>
   <si>
     <t>3882_FicheEtablissement</t>
   </si>
   <si>
     <t>590784914</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MONS EN BAROEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/fr/unite-de-dialyse-de-mons-en-baroeul</t>
+    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/en/unite-de-dialyse-de-mons-en-baroeul</t>
   </si>
   <si>
     <t>3887_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Rue Parmentier</t>
   </si>
   <si>
     <t>59370 MONS EN BAROEUL</t>
   </si>
   <si>
     <t>MONS EN BAROEUL</t>
   </si>
   <si>
     <t>590813341</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE SENLIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/fr/unite-de-dialyse-de-senlis</t>
+    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/en/unite-de-dialyse-de-senlis</t>
   </si>
   <si>
     <t>3890_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rougé</t>
   </si>
   <si>
     <t>60300 SENLIS</t>
   </si>
   <si>
     <t>SENLIS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>600002067</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE FLEURINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/fr/unite-de-dialyse-de-fleurines</t>
+    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/en/unite-de-dialyse-de-fleurines</t>
   </si>
   <si>
     <t>3891_FicheEtablissement</t>
   </si>
   <si>
     <t>60700 FLEURINES</t>
   </si>
   <si>
     <t>FLEURINES</t>
   </si>
   <si>
     <t>600008734</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/fr/unite-de-dialyse-de-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/en/unite-de-dialyse-de-beauvais</t>
   </si>
   <si>
     <t>3892_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Avenue Léon Blum</t>
   </si>
   <si>
     <t>60000 BEAUVAIS</t>
   </si>
   <si>
     <t>BEAUVAIS</t>
   </si>
   <si>
     <t>600109748</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE COQUELLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/fr/unite-de-dialyse-de-coquelles</t>
+    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/en/unite-de-dialyse-de-coquelles</t>
   </si>
   <si>
     <t>3898_FicheEtablissement</t>
   </si>
   <si>
     <t>390 Boulevard Du Parc</t>
   </si>
   <si>
     <t>62231 COQUELLES</t>
   </si>
   <si>
     <t>COQUELLES</t>
   </si>
   <si>
     <t>620010058</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BERCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/fr/unite-de-dialyse-de-berck</t>
+    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/en/unite-de-dialyse-de-berck</t>
   </si>
   <si>
     <t>3899_FicheEtablissement</t>
   </si>
   <si>
     <t>62600 BERCK</t>
   </si>
   <si>
     <t>BERCK</t>
   </si>
   <si>
     <t>620011338</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE SAINT-LEONARD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/fr/unite-de-dialyse-de-saint-leonard</t>
+    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/en/unite-de-dialyse-de-saint-leonard</t>
   </si>
   <si>
     <t>3904_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Bertrand Crouy</t>
   </si>
   <si>
     <t>62360 ST LEONARD</t>
   </si>
   <si>
     <t>ST LEONARD</t>
   </si>
   <si>
     <t>0362288800</t>
   </si>
   <si>
     <t>620026997</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CORBIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/fr/unite-de-dialyse-de-corbie</t>
+    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/en/unite-de-dialyse-de-corbie</t>
   </si>
   <si>
     <t>4021_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Sadi Carnot</t>
   </si>
   <si>
     <t>80800 CORBIE</t>
   </si>
   <si>
     <t>CORBIE</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>800010159</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/fr/unite-de-dialyse-d-amiens</t>
+    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/en/unite-de-dialyse-d-amiens</t>
   </si>
   <si>
     <t>4022_FicheEtablissement</t>
   </si>
   <si>
     <t>73 Avenue D'Italie</t>
   </si>
   <si>
     <t>80094 AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>800010324</t>
   </si>
   <si>
     <t>UAD ET UDM DE CHATEAU-THIERRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/fr/unite-de-dialyse-de-chateau-thierry</t>
+    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/en/unite-de-dialyse-de-chateau-thierry</t>
   </si>
   <si>
     <t>4190_FicheEtablissement</t>
   </si>
   <si>
     <t>02400 CHATEAU THIERRY</t>
   </si>
   <si>
     <t>CHATEAU THIERRY</t>
   </si>
   <si>
     <t>020017075</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE TOURCOING DRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing-dron</t>
+    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/en/unite-de-dialyse-de-tourcoing-dron</t>
   </si>
   <si>
     <t>5847_FicheEtablissement</t>
   </si>
   <si>
     <t>0320288421</t>
   </si>
   <si>
     <t>590060596</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE VERVINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/fr/santelys-unite-de-dialyse-de-vervins</t>
+    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/en/santelys-unite-de-dialyse-de-vervins</t>
   </si>
   <si>
     <t>7669_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Rue D'Hirson</t>
   </si>
   <si>
     <t>02140 VERVINS</t>
   </si>
   <si>
     <t>VERVINS</t>
   </si>
   <si>
     <t>020018545</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE  SITE DE DOULLENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/fr/santelys-unite-de-dialyse-de-doullens</t>
+    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/en/santelys-unite-de-dialyse-de-doullens</t>
   </si>
   <si>
     <t>7684_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Bois De Sapin</t>
   </si>
   <si>
     <t>80600 DOULLENS</t>
   </si>
   <si>
     <t>DOULLENS</t>
   </si>
   <si>
     <t>800021164</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE PÉRONNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/fr/santelys-unite-de-dialyse-de-peronne</t>
+    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/en/santelys-unite-de-dialyse-de-peronne</t>
   </si>
   <si>
     <t>7685_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Berlioz</t>
   </si>
   <si>
     <t>80200 PERONNE</t>
   </si>
   <si>
     <t>PERONNE</t>
   </si>
   <si>
     <t>800021172</t>
   </si>
   <si>
     <t>SANTELYS SITE CH ST QUENTIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/fr/santelys-dialyse-a-dom-ch-st-quentin</t>
+    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/en/santelys-dialyse-a-dom-ch-st-quentin</t>
   </si>
   <si>
     <t>7705_FicheEtablissement</t>
   </si>
   <si>
     <t>020017448</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'HERLIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/fr/unite-de-dialyse-d-herlies</t>
+    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/en/unite-de-dialyse-d-herlies</t>
   </si>
   <si>
     <t>7717_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Allée Du Blanc Ballot</t>
   </si>
   <si>
     <t>59134 HERLIES</t>
   </si>
   <si>
     <t>HERLIES</t>
   </si>
   <si>
     <t>590064184</t>
   </si>
   <si>
     <t>SANTELYS SITE CH DUNKERQUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-dunkerq</t>
+    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-dunkerq</t>
   </si>
   <si>
     <t>7718_FicheEtablissement</t>
   </si>
   <si>
     <t>590065462</t>
   </si>
   <si>
     <t>SANTELYS SITE CH MAUBEUGE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/fr/santelys-dialyse-a-domicile-maubeuge</t>
+    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/en/santelys-dialyse-a-domicile-maubeuge</t>
   </si>
   <si>
     <t>7719_FicheEtablissement</t>
   </si>
   <si>
     <t>590065470</t>
   </si>
   <si>
     <t>SANTELYS DIALYSE À DOMICILE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/fr/santelys-dialyse-a-domicile-iwuy</t>
+    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/en/santelys-dialyse-a-domicile-iwuy</t>
   </si>
   <si>
     <t>7720_FicheEtablissement</t>
   </si>
   <si>
     <t>590065488</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE ASSISTEE BAILLEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/fr/unite-d-autodialyse-assistee-bailleul</t>
+    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/en/unite-d-autodialyse-assistee-bailleul</t>
   </si>
   <si>
     <t>7721_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue Arnould Straete</t>
   </si>
   <si>
     <t>59270 BAILLEUL</t>
   </si>
   <si>
     <t>BAILLEUL</t>
   </si>
   <si>
     <t>590065744</t>
   </si>
   <si>
     <t>SANTELYS ASSOCIATION SITE DE CREIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/fr/santelys-dialyse-a-domicile-creil</t>
+    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/en/santelys-dialyse-a-domicile-creil</t>
   </si>
   <si>
     <t>7722_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rouge</t>
   </si>
   <si>
     <t>600014419</t>
   </si>
   <si>
     <t>SANTELYS SITE CH BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/fr/santelys-dialyse-a-domicile-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/en/santelys-dialyse-a-domicile-beauvais</t>
   </si>
   <si>
     <t>7723_FicheEtablissement</t>
   </si>
   <si>
     <t>600015820</t>
   </si>
   <si>
     <t>SANTELYS - SITE CH BOULOGNE SUR MER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/fr/santelys-dialyse-a-domicile-boulogne/m</t>
+    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/en/santelys-dialyse-a-domicile-boulogne/m</t>
   </si>
   <si>
     <t>7724_FicheEtablissement</t>
   </si>
   <si>
     <t>620033795</t>
   </si>
   <si>
     <t>SANTELYS SITE CLINIQUE STE ISABELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/fr/santelys-dialyse-a-domicile-corbie</t>
+    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/en/santelys-dialyse-a-domicile-corbie</t>
   </si>
   <si>
     <t>7728_FicheEtablissement</t>
   </si>
   <si>
     <t>800020281</t>
   </si>
   <si>
     <t>SANTELYS SITE CHU AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/fr/santelys-dialyse-a-domicile-amiens</t>
+    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/en/santelys-dialyse-a-domicile-amiens</t>
   </si>
   <si>
     <t>7729_FicheEtablissement</t>
   </si>
   <si>
     <t>800020299</t>
   </si>
   <si>
     <t>SANTELYS SITE CH LAON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-laon</t>
+    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-laon</t>
   </si>
   <si>
     <t>7730_FicheEtablissement</t>
   </si>
   <si>
     <t>020017455</t>
   </si>
   <si>
     <t>SANTELYS SITE CH SOISSONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-soisson</t>
+    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-soisson</t>
   </si>
   <si>
     <t>7731_FicheEtablissement</t>
   </si>
   <si>
     <t>58 Place Saint Georges</t>
   </si>
   <si>
     <t>020018453</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>