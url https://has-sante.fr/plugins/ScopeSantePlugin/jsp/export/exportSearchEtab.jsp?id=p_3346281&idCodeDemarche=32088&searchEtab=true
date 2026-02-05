--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,1162 +1,1150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="371">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1100" uniqueCount="367">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>SANTELYS HAD ROUBAIX ET ENVIRONS</t>
+    <t>SANTELYS HAD LILLE METROPOLE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/21/2025 08:58:32</t>
-[...5 lines deleted...]
-    <t>1942_FicheEtablissement</t>
+    <t>21/05/2025 08:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2010_FicheEtablissement/fr/santelys-had-lille-metropole</t>
+  </si>
+  <si>
+    <t>2010_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>351 Rue Ambroise Pare</t>
+  </si>
+  <si>
+    <t>59120 LOOS</t>
+  </si>
+  <si>
+    <t>LOOS</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>0362288000</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>590812509</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>SANTELYS HAD DU BÉTHUNOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2110_FicheEtablissement/fr/santelys-had-du-bethunois</t>
+  </si>
+  <si>
+    <t>2110_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
+    <t>62660 BEUVRY</t>
+  </si>
+  <si>
+    <t>BEUVRY</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>620003889</t>
+  </si>
+  <si>
+    <t>SANTELYS HAD ARTOIS ET TERNOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2114_FicheEtablissement/fr/santelys-had-artois-et-ternois</t>
+  </si>
+  <si>
+    <t>2114_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48 Avenue Winston Churchill</t>
+  </si>
+  <si>
+    <t>62000 ARRAS</t>
+  </si>
+  <si>
+    <t>ARRAS</t>
+  </si>
+  <si>
+    <t>620010389</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE CHAUNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3550_FicheEtablissement/fr/unite-de-dialyse-de-chauny</t>
+  </si>
+  <si>
+    <t>3550_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Rue Pasteur</t>
+  </si>
+  <si>
+    <t>02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>CHAUNY</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>020001772</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE LAON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3551_FicheEtablissement/fr/unite-de-dialyse-de-laon</t>
+  </si>
+  <si>
+    <t>3551_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Rue Du 13 Octobre 1918</t>
+  </si>
+  <si>
+    <t>02000 LAON</t>
+  </si>
+  <si>
+    <t>LAON</t>
+  </si>
+  <si>
+    <t>020001913</t>
+  </si>
+  <si>
+    <t>UNITE DIALYSE DE COURMELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3552_FicheEtablissement/fr/unite-dialyse-de-courmelles</t>
+  </si>
+  <si>
+    <t>3552_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>58 Place St Georges</t>
+  </si>
+  <si>
+    <t>02200 COURMELLES</t>
+  </si>
+  <si>
+    <t>COURMELLES</t>
+  </si>
+  <si>
+    <t>020006441</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3553_FicheEtablissement/fr/unite-de-dialyse-de-saint-quentin</t>
+  </si>
+  <si>
+    <t>3553_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>263 Rue De Fayet</t>
+  </si>
+  <si>
+    <t>02100 ST QUENTIN</t>
+  </si>
+  <si>
+    <t>ST QUENTIN</t>
+  </si>
+  <si>
+    <t>020012860</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE GUISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3554_FicheEtablissement/fr/unite-de-dialyse-de-guise</t>
+  </si>
+  <si>
+    <t>3554_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>934 Rue Des Docteurs Devillers</t>
+  </si>
+  <si>
+    <t>02120 GUISE</t>
+  </si>
+  <si>
+    <t>GUISE</t>
+  </si>
+  <si>
+    <t>020016242</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE CAUDRY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3859_FicheEtablissement/fr/unite-de-dialyse-de-caudry</t>
+  </si>
+  <si>
+    <t>3859_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>59540 CAUDRY</t>
+  </si>
+  <si>
+    <t>CAUDRY</t>
+  </si>
+  <si>
+    <t>590015418</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE COUDEKERQUE BRANCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3860_FicheEtablissement/fr/unite-dialyse-de-coudekerque-branche</t>
+  </si>
+  <si>
+    <t>3860_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Avenue Des Deux Steendam</t>
+  </si>
+  <si>
+    <t>59210 COUDEKERQUE BRANCHE</t>
+  </si>
+  <si>
+    <t>COUDEKERQUE BRANCHE</t>
+  </si>
+  <si>
+    <t>590023438</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE ROUBAIX GRAND RUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3861_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-grand-rue</t>
+  </si>
+  <si>
+    <t>3861_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>ROUBAIX</t>
+  </si>
+  <si>
+    <t>590024618</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE ROUBAIX DELORY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3862_FicheEtablissement/fr/unite-de-dialyse-de-roubaix-delory</t>
+  </si>
+  <si>
+    <t>3862_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>25 Avenue Gustave Delory</t>
+  </si>
+  <si>
+    <t>59052 ROUBAIX CEDEX 1</t>
+  </si>
+  <si>
+    <t>ROUBAIX CEDEX 1</t>
+  </si>
+  <si>
+    <t>590024659</t>
+  </si>
+  <si>
+    <t>SANTELYS UNITE DE DIALYSE DE LOOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3863_FicheEtablissement/fr/unite-de-dialyse-de-loos</t>
+  </si>
+  <si>
+    <t>3863_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>590031738</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE FACHES-THUMESNIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3865_FicheEtablissement/fr/unite-de-dialyse-de-faches-thumesnil</t>
+  </si>
+  <si>
+    <t>3865_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>128 Avenue De Dunkerque</t>
+  </si>
+  <si>
+    <t>59155 FACHES THUMESNIL</t>
+  </si>
+  <si>
+    <t>FACHES THUMESNIL</t>
+  </si>
+  <si>
+    <t>590035200</t>
+  </si>
+  <si>
+    <t>SANTELYS UNITE DE DIALYSE DE LAMBERSART</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/fr/santelys-unite-de-dialyse-lambersart</t>
+  </si>
+  <si>
+    <t>3866_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48 Rue De La Carnoy</t>
+  </si>
+  <si>
+    <t>59130 LAMBERSART</t>
+  </si>
+  <si>
+    <t>LAMBERSART</t>
+  </si>
+  <si>
+    <t>0320220340</t>
+  </si>
+  <si>
+    <t>590035390</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE D'IWUY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3867_FicheEtablissement/fr/unite-de-dialyse-d-iwuy</t>
+  </si>
+  <si>
+    <t>3867_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>59141 IWUY</t>
+  </si>
+  <si>
+    <t>IWUY</t>
+  </si>
+  <si>
+    <t>590040317</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE LA BASSEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3868_FicheEtablissement/fr/unite-de-dialyse-de-la-bassee</t>
+  </si>
+  <si>
+    <t>3868_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Des Casernes</t>
+  </si>
+  <si>
+    <t>59480 LA BASSEE</t>
+  </si>
+  <si>
+    <t>LA BASSEE</t>
+  </si>
+  <si>
+    <t>590040325</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE LILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3870_FicheEtablissement/fr/unite-de-dialyse-de-lille</t>
+  </si>
+  <si>
+    <t>3870_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Du Ballon</t>
+  </si>
+  <si>
+    <t>59000 LILLE</t>
+  </si>
+  <si>
+    <t>LILLE</t>
+  </si>
+  <si>
+    <t>0662288000</t>
+  </si>
+  <si>
+    <t>590044640</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE TOURCOING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3871_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing</t>
+  </si>
+  <si>
+    <t>3871_FicheEtablissement</t>
+  </si>
+  <si>
     <t>256 Rue Du Flocon</t>
   </si>
   <si>
     <t>59200 TOURCOING</t>
   </si>
   <si>
     <t>TOURCOING</t>
   </si>
   <si>
-    <t>59</t>
-[...403 lines deleted...]
-  <si>
     <t>590045514</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MÉRIGNIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/en/unite-de-dialyse-de-merignies</t>
+    <t>https://www.has-sante.fr/jcms/3872_FicheEtablissement/fr/unite-de-dialyse-de-merignies</t>
   </si>
   <si>
     <t>3872_FicheEtablissement</t>
   </si>
   <si>
     <t>140 Avenue Du Golf</t>
   </si>
   <si>
     <t>59710 MERIGNIES</t>
   </si>
   <si>
     <t>MERIGNIES</t>
   </si>
   <si>
     <t>590045951</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE D'HAZEBROUCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/en/unite-d-autodialyse-d-hazebrouck</t>
+    <t>https://www.has-sante.fr/jcms/3874_FicheEtablissement/fr/unite-d-autodialyse-d-hazebrouck</t>
   </si>
   <si>
     <t>3874_FicheEtablissement</t>
   </si>
   <si>
     <t>59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>HAZEBROUCK</t>
   </si>
   <si>
     <t>590046744</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE DOURLERS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/en/unite-dialyse-de-dourlers</t>
+    <t>https://www.has-sante.fr/jcms/3875_FicheEtablissement/fr/unite-dialyse-de-dourlers</t>
   </si>
   <si>
     <t>3875_FicheEtablissement</t>
   </si>
   <si>
     <t>59440 DOURLERS</t>
   </si>
   <si>
     <t>DOURLERS</t>
   </si>
   <si>
     <t>590046751</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE HOUPLINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/en/unite-de-dialyse-de-houplines</t>
+    <t>https://www.has-sante.fr/jcms/3876_FicheEtablissement/fr/unite-de-dialyse-de-houplines</t>
   </si>
   <si>
     <t>3876_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Massenet</t>
   </si>
   <si>
     <t>59116 HOUPLINES</t>
   </si>
   <si>
     <t>HOUPLINES</t>
   </si>
   <si>
     <t>590046769</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE FLERS EN ESCREBIEUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/en/unite-d-autodialyse-de-flers</t>
+    <t>https://www.has-sante.fr/jcms/3877_FicheEtablissement/fr/unite-d-autodialyse-de-flers</t>
   </si>
   <si>
     <t>3877_FicheEtablissement</t>
   </si>
   <si>
     <t>59128 FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>FLERS EN ESCREBIEUX</t>
   </si>
   <si>
     <t>590047361</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE GRAVELINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/en/unite-de-dialyse-de-gravelines</t>
+    <t>https://www.has-sante.fr/jcms/3878_FicheEtablissement/fr/unite-de-dialyse-de-gravelines</t>
   </si>
   <si>
     <t>3878_FicheEtablissement</t>
   </si>
   <si>
     <t>59820 GRAVELINES</t>
   </si>
   <si>
     <t>GRAVELINES</t>
   </si>
   <si>
     <t>590047866</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE MÉDICALISÉE PROVILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/en/unite-de-dialyse-medicalisee-proville</t>
+    <t>https://www.has-sante.fr/jcms/3879_FicheEtablissement/fr/unite-de-dialyse-medicalisee-proville</t>
   </si>
   <si>
     <t>3879_FicheEtablissement</t>
   </si>
   <si>
     <t>110 Route De Paris</t>
   </si>
   <si>
     <t>59267 PROVILLE</t>
   </si>
   <si>
     <t>PROVILLE</t>
   </si>
   <si>
     <t>590047874</t>
   </si>
   <si>
     <t>DIALYSE A DOMICILE DE LOOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/en/dialyse-a-domicile-de-loos</t>
+    <t>https://www.has-sante.fr/jcms/3882_FicheEtablissement/fr/dialyse-a-domicile-de-loos</t>
   </si>
   <si>
     <t>3882_FicheEtablissement</t>
   </si>
   <si>
     <t>590784914</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE MONS EN BAROEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/en/unite-de-dialyse-de-mons-en-baroeul</t>
+    <t>https://www.has-sante.fr/jcms/3887_FicheEtablissement/fr/unite-de-dialyse-de-mons-en-baroeul</t>
   </si>
   <si>
     <t>3887_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Rue Parmentier</t>
   </si>
   <si>
     <t>59370 MONS EN BAROEUL</t>
   </si>
   <si>
     <t>MONS EN BAROEUL</t>
   </si>
   <si>
     <t>590813341</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE SENLIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/en/unite-de-dialyse-de-senlis</t>
+    <t>https://www.has-sante.fr/jcms/3890_FicheEtablissement/fr/unite-de-dialyse-de-senlis</t>
   </si>
   <si>
     <t>3890_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rougé</t>
   </si>
   <si>
     <t>60300 SENLIS</t>
   </si>
   <si>
     <t>SENLIS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>600002067</t>
   </si>
   <si>
     <t>UNITÉ DE DIALYSE DE FLEURINES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/en/unite-de-dialyse-de-fleurines</t>
+    <t>https://www.has-sante.fr/jcms/3891_FicheEtablissement/fr/unite-de-dialyse-de-fleurines</t>
   </si>
   <si>
     <t>3891_FicheEtablissement</t>
   </si>
   <si>
     <t>60700 FLEURINES</t>
   </si>
   <si>
     <t>FLEURINES</t>
   </si>
   <si>
     <t>600008734</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/en/unite-de-dialyse-de-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/3892_FicheEtablissement/fr/unite-de-dialyse-de-beauvais</t>
   </si>
   <si>
     <t>3892_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Avenue Léon Blum</t>
   </si>
   <si>
     <t>60000 BEAUVAIS</t>
   </si>
   <si>
     <t>BEAUVAIS</t>
   </si>
   <si>
     <t>600109748</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE COQUELLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/en/unite-de-dialyse-de-coquelles</t>
+    <t>https://www.has-sante.fr/jcms/3898_FicheEtablissement/fr/unite-de-dialyse-de-coquelles</t>
   </si>
   <si>
     <t>3898_FicheEtablissement</t>
   </si>
   <si>
     <t>390 Boulevard Du Parc</t>
   </si>
   <si>
     <t>62231 COQUELLES</t>
   </si>
   <si>
     <t>COQUELLES</t>
   </si>
   <si>
     <t>620010058</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE BERCK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/en/unite-de-dialyse-de-berck</t>
+    <t>https://www.has-sante.fr/jcms/3899_FicheEtablissement/fr/unite-de-dialyse-de-berck</t>
   </si>
   <si>
     <t>3899_FicheEtablissement</t>
   </si>
   <si>
     <t>62600 BERCK</t>
   </si>
   <si>
     <t>BERCK</t>
   </si>
   <si>
     <t>620011338</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE SAINT-LEONARD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/en/unite-de-dialyse-de-saint-leonard</t>
+    <t>https://www.has-sante.fr/jcms/3904_FicheEtablissement/fr/unite-de-dialyse-de-saint-leonard</t>
   </si>
   <si>
     <t>3904_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Bertrand Crouy</t>
   </si>
   <si>
     <t>62360 ST LEONARD</t>
   </si>
   <si>
     <t>ST LEONARD</t>
   </si>
   <si>
     <t>0362288800</t>
   </si>
   <si>
     <t>620026997</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE CORBIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/en/unite-de-dialyse-de-corbie</t>
+    <t>https://www.has-sante.fr/jcms/4021_FicheEtablissement/fr/unite-de-dialyse-de-corbie</t>
   </si>
   <si>
     <t>4021_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Sadi Carnot</t>
   </si>
   <si>
     <t>80800 CORBIE</t>
   </si>
   <si>
     <t>CORBIE</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>800010159</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/en/unite-de-dialyse-d-amiens</t>
+    <t>https://www.has-sante.fr/jcms/4022_FicheEtablissement/fr/unite-de-dialyse-d-amiens</t>
   </si>
   <si>
     <t>4022_FicheEtablissement</t>
   </si>
   <si>
     <t>73 Avenue D'Italie</t>
   </si>
   <si>
     <t>80094 AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>AMIENS CEDEX 3</t>
   </si>
   <si>
     <t>800010324</t>
   </si>
   <si>
     <t>UAD ET UDM DE CHATEAU-THIERRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/en/unite-de-dialyse-de-chateau-thierry</t>
+    <t>https://www.has-sante.fr/jcms/4190_FicheEtablissement/fr/unite-de-dialyse-de-chateau-thierry</t>
   </si>
   <si>
     <t>4190_FicheEtablissement</t>
   </si>
   <si>
     <t>02400 CHATEAU THIERRY</t>
   </si>
   <si>
     <t>CHATEAU THIERRY</t>
   </si>
   <si>
     <t>020017075</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE DE TOURCOING DRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/en/unite-de-dialyse-de-tourcoing-dron</t>
+    <t>https://www.has-sante.fr/jcms/5847_FicheEtablissement/fr/unite-de-dialyse-de-tourcoing-dron</t>
   </si>
   <si>
     <t>5847_FicheEtablissement</t>
   </si>
   <si>
     <t>0320288421</t>
   </si>
   <si>
     <t>590060596</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE VERVINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/en/santelys-unite-de-dialyse-de-vervins</t>
+    <t>https://www.has-sante.fr/jcms/7669_FicheEtablissement/fr/santelys-unite-de-dialyse-de-vervins</t>
   </si>
   <si>
     <t>7669_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Rue D'Hirson</t>
   </si>
   <si>
     <t>02140 VERVINS</t>
   </si>
   <si>
     <t>VERVINS</t>
   </si>
   <si>
     <t>020018545</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE  SITE DE DOULLENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/en/santelys-unite-de-dialyse-de-doullens</t>
+    <t>https://www.has-sante.fr/jcms/7684_FicheEtablissement/fr/santelys-unite-de-dialyse-de-doullens</t>
   </si>
   <si>
     <t>7684_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Bois De Sapin</t>
   </si>
   <si>
     <t>80600 DOULLENS</t>
   </si>
   <si>
     <t>DOULLENS</t>
   </si>
   <si>
     <t>800021164</t>
   </si>
   <si>
     <t>UNITÉ D'AUTODIALYSE ASSISTÉE DU SITE DE PÉRONNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/en/santelys-unite-de-dialyse-de-peronne</t>
+    <t>https://www.has-sante.fr/jcms/7685_FicheEtablissement/fr/santelys-unite-de-dialyse-de-peronne</t>
   </si>
   <si>
     <t>7685_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Berlioz</t>
   </si>
   <si>
     <t>80200 PERONNE</t>
   </si>
   <si>
     <t>PERONNE</t>
   </si>
   <si>
     <t>800021172</t>
   </si>
   <si>
     <t>SANTELYS SITE CH ST QUENTIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/en/santelys-dialyse-a-dom-ch-st-quentin</t>
+    <t>https://www.has-sante.fr/jcms/7705_FicheEtablissement/fr/santelys-dialyse-a-dom-ch-st-quentin</t>
   </si>
   <si>
     <t>7705_FicheEtablissement</t>
   </si>
   <si>
     <t>020017448</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE D'HERLIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/en/unite-de-dialyse-d-herlies</t>
+    <t>https://www.has-sante.fr/jcms/7717_FicheEtablissement/fr/unite-de-dialyse-d-herlies</t>
   </si>
   <si>
     <t>7717_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Allée Du Blanc Ballot</t>
   </si>
   <si>
     <t>59134 HERLIES</t>
   </si>
   <si>
     <t>HERLIES</t>
   </si>
   <si>
     <t>590064184</t>
   </si>
   <si>
     <t>SANTELYS SITE CH DUNKERQUE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-dunkerq</t>
+    <t>https://www.has-sante.fr/jcms/7718_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-dunkerq</t>
   </si>
   <si>
     <t>7718_FicheEtablissement</t>
   </si>
   <si>
     <t>590065462</t>
   </si>
   <si>
     <t>SANTELYS SITE CH MAUBEUGE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/en/santelys-dialyse-a-domicile-maubeuge</t>
+    <t>https://www.has-sante.fr/jcms/7719_FicheEtablissement/fr/santelys-dialyse-a-domicile-maubeuge</t>
   </si>
   <si>
     <t>7719_FicheEtablissement</t>
   </si>
   <si>
     <t>590065470</t>
   </si>
   <si>
     <t>SANTELYS DIALYSE À DOMICILE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/en/santelys-dialyse-a-domicile-iwuy</t>
+    <t>https://www.has-sante.fr/jcms/7720_FicheEtablissement/fr/santelys-dialyse-a-domicile-iwuy</t>
   </si>
   <si>
     <t>7720_FicheEtablissement</t>
   </si>
   <si>
     <t>590065488</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE ASSISTEE BAILLEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/en/unite-d-autodialyse-assistee-bailleul</t>
+    <t>https://www.has-sante.fr/jcms/7721_FicheEtablissement/fr/unite-d-autodialyse-assistee-bailleul</t>
   </si>
   <si>
     <t>7721_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue Arnould Straete</t>
   </si>
   <si>
     <t>59270 BAILLEUL</t>
   </si>
   <si>
     <t>BAILLEUL</t>
   </si>
   <si>
     <t>590065744</t>
   </si>
   <si>
     <t>SANTELYS ASSOCIATION SITE DE CREIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/en/santelys-dialyse-a-domicile-creil</t>
+    <t>https://www.has-sante.fr/jcms/7722_FicheEtablissement/fr/santelys-dialyse-a-domicile-creil</t>
   </si>
   <si>
     <t>7722_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Paul Rouge</t>
   </si>
   <si>
     <t>600014419</t>
   </si>
   <si>
     <t>SANTELYS SITE CH BEAUVAIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/en/santelys-dialyse-a-domicile-beauvais</t>
+    <t>https://www.has-sante.fr/jcms/7723_FicheEtablissement/fr/santelys-dialyse-a-domicile-beauvais</t>
   </si>
   <si>
     <t>7723_FicheEtablissement</t>
   </si>
   <si>
     <t>600015820</t>
   </si>
   <si>
     <t>SANTELYS - SITE CH BOULOGNE SUR MER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/en/santelys-dialyse-a-domicile-boulogne/m</t>
+    <t>https://www.has-sante.fr/jcms/7724_FicheEtablissement/fr/santelys-dialyse-a-domicile-boulogne/m</t>
   </si>
   <si>
     <t>7724_FicheEtablissement</t>
   </si>
   <si>
     <t>620033795</t>
   </si>
   <si>
     <t>SANTELYS SITE CLINIQUE STE ISABELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/en/santelys-dialyse-a-domicile-corbie</t>
+    <t>https://www.has-sante.fr/jcms/7728_FicheEtablissement/fr/santelys-dialyse-a-domicile-corbie</t>
   </si>
   <si>
     <t>7728_FicheEtablissement</t>
   </si>
   <si>
     <t>800020281</t>
   </si>
   <si>
     <t>SANTELYS SITE CHU AMIENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/en/santelys-dialyse-a-domicile-amiens</t>
+    <t>https://www.has-sante.fr/jcms/7729_FicheEtablissement/fr/santelys-dialyse-a-domicile-amiens</t>
   </si>
   <si>
     <t>7729_FicheEtablissement</t>
   </si>
   <si>
     <t>800020299</t>
   </si>
   <si>
     <t>SANTELYS SITE CH LAON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-laon</t>
+    <t>https://www.has-sante.fr/jcms/7730_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-laon</t>
   </si>
   <si>
     <t>7730_FicheEtablissement</t>
   </si>
   <si>
     <t>020017455</t>
   </si>
   <si>
     <t>SANTELYS SITE CH SOISSONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/en/santelys-dialyse-a-domicile-ch-soisson</t>
+    <t>https://www.has-sante.fr/jcms/7731_FicheEtablissement/fr/santelys-dialyse-a-domicile-ch-soisson</t>
   </si>
   <si>
     <t>7731_FicheEtablissement</t>
   </si>
   <si>
     <t>58 Place Saint Georges</t>
   </si>
   <si>
     <t>020018453</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -1172,51 +1160,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T56"/>
+  <dimension ref="A1:T55"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1328,3365 +1316,3303 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="K3" t="s">
         <v>40</v>
       </c>
       <c r="L3" t="s">
         <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="N3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>43</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>50</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>55</v>
       </c>
       <c r="L5" t="s">
         <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="T5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I6" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>66</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7" t="s">
         <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s">
         <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>71</v>
       </c>
       <c r="L7" t="s">
         <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
         <v>73</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>75</v>
       </c>
       <c r="H8" t="s">
         <v>76</v>
       </c>
       <c r="I8" t="s">
+        <v>39</v>
+      </c>
+      <c r="J8" t="s">
         <v>77</v>
       </c>
-      <c r="J8" t="s">
+      <c r="K8" t="s">
         <v>78</v>
       </c>
-      <c r="K8" t="s">
+      <c r="L8" t="s">
         <v>79</v>
       </c>
-      <c r="L8" t="s">
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>31</v>
+      </c>
+      <c r="O8" t="s">
+        <v>22</v>
+      </c>
+      <c r="P8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>58</v>
+      </c>
+      <c r="R8" t="s">
+        <v>32</v>
+      </c>
+      <c r="S8" t="s">
         <v>80</v>
-      </c>
-[...19 lines deleted...]
-        <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
         <v>82</v>
       </c>
-      <c r="C9" t="s">
-[...11 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>83</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
+        <v>39</v>
+      </c>
+      <c r="J9" t="s">
         <v>84</v>
       </c>
-      <c r="I9" t="s">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="K9" t="s">
         <v>85</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>86</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>31</v>
+      </c>
+      <c r="O9" t="s">
+        <v>22</v>
+      </c>
+      <c r="P9" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>58</v>
+      </c>
+      <c r="R9" t="s">
+        <v>32</v>
+      </c>
+      <c r="S9" t="s">
         <v>87</v>
-      </c>
-[...19 lines deleted...]
-        <v>88</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
         <v>89</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>90</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>91</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
+        <v>22</v>
+      </c>
+      <c r="K10" t="s">
         <v>92</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>93</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
+        <v>30</v>
+      </c>
+      <c r="N10" t="s">
+        <v>31</v>
+      </c>
+      <c r="O10" t="s">
+        <v>22</v>
+      </c>
+      <c r="P10" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>58</v>
+      </c>
+      <c r="R10" t="s">
+        <v>32</v>
+      </c>
+      <c r="S10" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>95</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
+        <v>22</v>
+      </c>
+      <c r="G11" t="s">
         <v>96</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>97</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
+        <v>39</v>
+      </c>
+      <c r="J11" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K11" t="s">
         <v>99</v>
       </c>
       <c r="L11" t="s">
         <v>100</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
         <v>101</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>103</v>
       </c>
       <c r="H12" t="s">
         <v>104</v>
       </c>
       <c r="I12" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J12" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" t="s">
         <v>105</v>
       </c>
-      <c r="K12" t="s">
+      <c r="L12" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
         <v>109</v>
       </c>
-      <c r="C13" t="s">
-[...11 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>110</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J13" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K13" t="s">
         <v>112</v>
       </c>
       <c r="L13" t="s">
         <v>113</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
         <v>114</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>115</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>116</v>
       </c>
       <c r="H14" t="s">
         <v>117</v>
       </c>
       <c r="I14" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J14" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="K14" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="L14" t="s">
-        <v>120</v>
+        <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" t="s">
+        <v>23</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15" t="s">
+        <v>121</v>
+      </c>
+      <c r="I15" t="s">
+        <v>91</v>
+      </c>
+      <c r="J15" t="s">
         <v>122</v>
       </c>
-      <c r="C15" t="s">
-[...11 lines deleted...]
-      <c r="G15" t="s">
+      <c r="K15" t="s">
         <v>123</v>
       </c>
-      <c r="H15" t="s">
+      <c r="L15" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M15" t="s">
         <v>30</v>
       </c>
       <c r="N15" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
         <v>125</v>
       </c>
       <c r="T15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
         <v>127</v>
       </c>
       <c r="H16" t="s">
         <v>128</v>
       </c>
       <c r="I16" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J16" t="s">
         <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>130</v>
       </c>
       <c r="L16" t="s">
         <v>131</v>
       </c>
       <c r="M16" t="s">
         <v>30</v>
       </c>
       <c r="N16" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R16" t="s">
         <v>32</v>
       </c>
       <c r="S16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="T16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
         <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I17" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J17" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="K17" t="s">
         <v>137</v>
       </c>
       <c r="L17" t="s">
         <v>138</v>
       </c>
       <c r="M17" t="s">
         <v>30</v>
       </c>
       <c r="N17" t="s">
+        <v>31</v>
+      </c>
+      <c r="O17" t="s">
+        <v>22</v>
+      </c>
+      <c r="P17" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>58</v>
+      </c>
+      <c r="R17" t="s">
+        <v>32</v>
+      </c>
+      <c r="S17" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>140</v>
       </c>
       <c r="T17" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
         <v>141</v>
       </c>
-      <c r="C18" t="s">
-[...11 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>142</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
+        <v>91</v>
+      </c>
+      <c r="J18" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K18" t="s">
         <v>144</v>
       </c>
       <c r="L18" t="s">
         <v>145</v>
       </c>
       <c r="M18" t="s">
         <v>30</v>
       </c>
       <c r="N18" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R18" t="s">
         <v>32</v>
       </c>
       <c r="S18" t="s">
         <v>146</v>
       </c>
       <c r="T18" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>147</v>
       </c>
       <c r="C19" t="s">
         <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19" t="s">
         <v>22</v>
       </c>
       <c r="G19" t="s">
         <v>148</v>
       </c>
       <c r="H19" t="s">
         <v>149</v>
       </c>
       <c r="I19" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J19" t="s">
         <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>151</v>
       </c>
       <c r="L19" t="s">
         <v>152</v>
       </c>
       <c r="M19" t="s">
         <v>30</v>
       </c>
       <c r="N19" t="s">
-        <v>42</v>
+        <v>153</v>
       </c>
       <c r="O19" t="s">
         <v>22</v>
       </c>
       <c r="P19" t="s">
         <v>32</v>
       </c>
       <c r="Q19" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R19" t="s">
         <v>32</v>
       </c>
       <c r="S19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="T19" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
         <v>22</v>
       </c>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>23</v>
       </c>
       <c r="F20" t="s">
         <v>22</v>
       </c>
       <c r="G20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I20" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M20" t="s">
         <v>30</v>
       </c>
       <c r="N20" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="O20" t="s">
         <v>22</v>
       </c>
       <c r="P20" t="s">
         <v>32</v>
       </c>
       <c r="Q20" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R20" t="s">
         <v>32</v>
       </c>
       <c r="S20" t="s">
         <v>161</v>
       </c>
       <c r="T20" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>162</v>
       </c>
       <c r="C21" t="s">
         <v>22</v>
       </c>
       <c r="D21" t="s">
         <v>22</v>
       </c>
       <c r="E21" t="s">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>163</v>
       </c>
       <c r="H21" t="s">
         <v>164</v>
       </c>
       <c r="I21" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J21" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="K21" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="L21" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="M21" t="s">
         <v>30</v>
       </c>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O21" t="s">
         <v>22</v>
       </c>
       <c r="P21" t="s">
         <v>32</v>
       </c>
       <c r="Q21" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R21" t="s">
         <v>32</v>
       </c>
       <c r="S21" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="T21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
         <v>22</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H22" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="I22" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J22" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="K22" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="L22" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="M22" t="s">
         <v>30</v>
       </c>
       <c r="N22" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O22" t="s">
         <v>22</v>
       </c>
       <c r="P22" t="s">
         <v>32</v>
       </c>
       <c r="Q22" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R22" t="s">
         <v>32</v>
       </c>
       <c r="S22" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="T22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>20</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C23" t="s">
         <v>22</v>
       </c>
       <c r="D23" t="s">
         <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23" t="s">
         <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H23" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="I23" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J23" t="s">
         <v>22</v>
       </c>
       <c r="K23" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="L23" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M23" t="s">
         <v>30</v>
       </c>
       <c r="N23" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O23" t="s">
         <v>22</v>
       </c>
       <c r="P23" t="s">
         <v>32</v>
       </c>
       <c r="Q23" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R23" t="s">
         <v>32</v>
       </c>
       <c r="S23" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="T23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C24" t="s">
         <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>22</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24" t="s">
         <v>22</v>
       </c>
       <c r="G24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H24" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="I24" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J24" t="s">
-        <v>22</v>
+        <v>184</v>
       </c>
       <c r="K24" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="L24" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="M24" t="s">
         <v>30</v>
       </c>
       <c r="N24" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O24" t="s">
         <v>22</v>
       </c>
       <c r="P24" t="s">
         <v>32</v>
       </c>
       <c r="Q24" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="T24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>22</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H25" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="I25" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J25" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="K25" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="L25" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M25" t="s">
         <v>30</v>
       </c>
       <c r="N25" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O25" t="s">
         <v>22</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R25" t="s">
         <v>32</v>
       </c>
       <c r="S25" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="T25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>22</v>
       </c>
       <c r="E26" t="s">
         <v>23</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H26" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="I26" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="L26" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M26" t="s">
         <v>30</v>
       </c>
       <c r="N26" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O26" t="s">
         <v>22</v>
       </c>
       <c r="P26" t="s">
         <v>32</v>
       </c>
       <c r="Q26" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R26" t="s">
         <v>32</v>
       </c>
       <c r="S26" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="T26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
         <v>22</v>
       </c>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>23</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I27" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J27" t="s">
-        <v>22</v>
+        <v>203</v>
       </c>
       <c r="K27" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="L27" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="M27" t="s">
         <v>30</v>
       </c>
       <c r="N27" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O27" t="s">
         <v>22</v>
       </c>
       <c r="P27" t="s">
         <v>32</v>
       </c>
       <c r="Q27" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R27" t="s">
         <v>32</v>
       </c>
       <c r="S27" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="T27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C28" t="s">
         <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H28" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="I28" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J28" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="K28" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="L28" t="s">
-        <v>209</v>
+        <v>29</v>
       </c>
       <c r="M28" t="s">
         <v>30</v>
       </c>
       <c r="N28" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O28" t="s">
         <v>22</v>
       </c>
       <c r="P28" t="s">
         <v>32</v>
       </c>
       <c r="Q28" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R28" t="s">
         <v>32</v>
       </c>
       <c r="S28" t="s">
         <v>210</v>
       </c>
       <c r="T28" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
         <v>211</v>
       </c>
       <c r="C29" t="s">
         <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
         <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>212</v>
       </c>
       <c r="H29" t="s">
         <v>213</v>
       </c>
       <c r="I29" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J29" t="s">
-        <v>39</v>
+        <v>214</v>
       </c>
       <c r="K29" t="s">
-        <v>40</v>
+        <v>215</v>
       </c>
       <c r="L29" t="s">
-        <v>41</v>
+        <v>216</v>
       </c>
       <c r="M29" t="s">
         <v>30</v>
       </c>
       <c r="N29" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O29" t="s">
         <v>22</v>
       </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R29" t="s">
         <v>32</v>
       </c>
       <c r="S29" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="T29" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="H30" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="I30" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J30" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="K30" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="L30" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="M30" t="s">
-        <v>30</v>
+        <v>224</v>
       </c>
       <c r="N30" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O30" t="s">
         <v>22</v>
       </c>
       <c r="P30" t="s">
         <v>32</v>
       </c>
       <c r="Q30" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R30" t="s">
         <v>32</v>
       </c>
       <c r="S30" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="T30" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31" t="s">
         <v>22</v>
       </c>
       <c r="E31" t="s">
         <v>23</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="H31" t="s">
+        <v>228</v>
+      </c>
+      <c r="I31" t="s">
+        <v>91</v>
+      </c>
+      <c r="J31" t="s">
+        <v>22</v>
+      </c>
+      <c r="K31" t="s">
+        <v>229</v>
+      </c>
+      <c r="L31" t="s">
+        <v>230</v>
+      </c>
+      <c r="M31" t="s">
         <v>224</v>
       </c>
-      <c r="I31" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N31" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O31" t="s">
         <v>22</v>
       </c>
       <c r="P31" t="s">
         <v>32</v>
       </c>
       <c r="Q31" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R31" t="s">
         <v>32</v>
       </c>
       <c r="S31" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="T31" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32" t="s">
         <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H32" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="I32" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J32" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="K32" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="L32" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="M32" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="N32" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O32" t="s">
         <v>22</v>
       </c>
       <c r="P32" t="s">
         <v>32</v>
       </c>
       <c r="Q32" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R32" t="s">
         <v>32</v>
       </c>
       <c r="S32" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="T32" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C33" t="s">
         <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>22</v>
       </c>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="H33" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="I33" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J33" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="K33" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="L33" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="M33" t="s">
-        <v>228</v>
+        <v>42</v>
       </c>
       <c r="N33" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O33" t="s">
         <v>22</v>
       </c>
       <c r="P33" t="s">
         <v>32</v>
       </c>
       <c r="Q33" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R33" t="s">
         <v>32</v>
       </c>
       <c r="S33" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="T33" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C34" t="s">
         <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>22</v>
       </c>
       <c r="E34" t="s">
         <v>23</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H34" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I34" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J34" t="s">
-        <v>246</v>
+        <v>22</v>
       </c>
       <c r="K34" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="L34" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M34" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="N34" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O34" t="s">
         <v>22</v>
       </c>
       <c r="P34" t="s">
         <v>32</v>
       </c>
       <c r="Q34" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R34" t="s">
         <v>32</v>
       </c>
       <c r="S34" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="T34" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C35" t="s">
         <v>22</v>
       </c>
       <c r="D35" t="s">
         <v>22</v>
       </c>
       <c r="E35" t="s">
         <v>23</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H35" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I35" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J35" t="s">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="K35" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="L35" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="M35" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="N35" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="O35" t="s">
         <v>22</v>
       </c>
       <c r="P35" t="s">
         <v>32</v>
       </c>
       <c r="Q35" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R35" t="s">
         <v>32</v>
       </c>
       <c r="S35" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="T35" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C36" t="s">
         <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>22</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="H36" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="I36" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J36" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="K36" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="L36" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="M36" t="s">
-        <v>49</v>
+        <v>266</v>
       </c>
       <c r="N36" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="O36" t="s">
         <v>22</v>
       </c>
       <c r="P36" t="s">
         <v>32</v>
       </c>
       <c r="Q36" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R36" t="s">
         <v>32</v>
       </c>
       <c r="S36" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="T36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
         <v>22</v>
       </c>
       <c r="D37" t="s">
         <v>22</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="F37" t="s">
         <v>22</v>
       </c>
       <c r="G37" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H37" t="s">
+        <v>270</v>
+      </c>
+      <c r="I37" t="s">
+        <v>39</v>
+      </c>
+      <c r="J37" t="s">
+        <v>271</v>
+      </c>
+      <c r="K37" t="s">
+        <v>272</v>
+      </c>
+      <c r="L37" t="s">
+        <v>273</v>
+      </c>
+      <c r="M37" t="s">
         <v>266</v>
       </c>
-      <c r="I37" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N37" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O37" t="s">
         <v>22</v>
       </c>
       <c r="P37" t="s">
         <v>32</v>
       </c>
       <c r="Q37" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R37" t="s">
         <v>32</v>
       </c>
       <c r="S37" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="T37" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>20</v>
       </c>
       <c r="B38" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C38" t="s">
         <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>22</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="H38" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="I38" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J38" t="s">
-        <v>275</v>
+        <v>22</v>
       </c>
       <c r="K38" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="L38" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="M38" t="s">
-        <v>270</v>
+        <v>57</v>
       </c>
       <c r="N38" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="O38" t="s">
         <v>22</v>
       </c>
       <c r="P38" t="s">
         <v>32</v>
       </c>
       <c r="Q38" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R38" t="s">
         <v>32</v>
       </c>
       <c r="S38" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="T38" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>20</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C39" t="s">
         <v>22</v>
       </c>
       <c r="D39" t="s">
         <v>22</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H39" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I39" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J39" t="s">
         <v>22</v>
       </c>
       <c r="K39" t="s">
-        <v>282</v>
+        <v>159</v>
       </c>
       <c r="L39" t="s">
-        <v>283</v>
+        <v>160</v>
       </c>
       <c r="M39" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="N39" t="s">
-        <v>42</v>
+        <v>284</v>
       </c>
       <c r="O39" t="s">
         <v>22</v>
       </c>
       <c r="P39" t="s">
         <v>32</v>
       </c>
       <c r="Q39" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R39" t="s">
         <v>32</v>
       </c>
       <c r="S39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="T39" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>20</v>
       </c>
       <c r="B40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C40" t="s">
         <v>22</v>
       </c>
       <c r="D40" t="s">
         <v>22</v>
       </c>
       <c r="E40" t="s">
         <v>23</v>
       </c>
       <c r="F40" t="s">
         <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I40" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J40" t="s">
-        <v>22</v>
+        <v>289</v>
       </c>
       <c r="K40" t="s">
-        <v>28</v>
+        <v>290</v>
       </c>
       <c r="L40" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
       <c r="M40" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="N40" t="s">
-        <v>288</v>
+        <v>22</v>
       </c>
       <c r="O40" t="s">
         <v>22</v>
       </c>
       <c r="P40" t="s">
         <v>32</v>
       </c>
       <c r="Q40" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R40" t="s">
         <v>32</v>
       </c>
       <c r="S40" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="T40" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>20</v>
       </c>
       <c r="B41" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C41" t="s">
         <v>22</v>
       </c>
       <c r="D41" t="s">
         <v>22</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H41" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="I41" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J41" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="K41" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="L41" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="M41" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="N41" t="s">
         <v>22</v>
       </c>
       <c r="O41" t="s">
         <v>22</v>
       </c>
       <c r="P41" t="s">
         <v>32</v>
       </c>
       <c r="Q41" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R41" t="s">
         <v>32</v>
       </c>
       <c r="S41" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="T41" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>20</v>
       </c>
       <c r="B42" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C42" t="s">
         <v>22</v>
       </c>
       <c r="D42" t="s">
         <v>22</v>
       </c>
       <c r="E42" t="s">
         <v>23</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="H42" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="I42" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J42" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="K42" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="L42" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="M42" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="N42" t="s">
         <v>22</v>
       </c>
       <c r="O42" t="s">
         <v>22</v>
       </c>
       <c r="P42" t="s">
         <v>32</v>
       </c>
       <c r="Q42" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R42" t="s">
         <v>32</v>
       </c>
       <c r="S42" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="T42" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>20</v>
       </c>
       <c r="B43" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C43" t="s">
         <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>22</v>
       </c>
       <c r="E43" t="s">
         <v>23</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="H43" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="I43" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J43" t="s">
-        <v>307</v>
+        <v>22</v>
       </c>
       <c r="K43" t="s">
-        <v>308</v>
+        <v>78</v>
       </c>
       <c r="L43" t="s">
-        <v>309</v>
+        <v>79</v>
       </c>
       <c r="M43" t="s">
-        <v>270</v>
+        <v>57</v>
       </c>
       <c r="N43" t="s">
         <v>22</v>
       </c>
       <c r="O43" t="s">
         <v>22</v>
       </c>
       <c r="P43" t="s">
         <v>32</v>
       </c>
       <c r="Q43" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R43" t="s">
         <v>32</v>
       </c>
       <c r="S43" t="s">
         <v>310</v>
       </c>
       <c r="T43" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>20</v>
       </c>
       <c r="B44" t="s">
         <v>311</v>
       </c>
       <c r="C44" t="s">
         <v>22</v>
       </c>
       <c r="D44" t="s">
         <v>22</v>
       </c>
       <c r="E44" t="s">
         <v>23</v>
       </c>
       <c r="F44" t="s">
         <v>22</v>
       </c>
       <c r="G44" t="s">
         <v>312</v>
       </c>
       <c r="H44" t="s">
         <v>313</v>
       </c>
       <c r="I44" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J44" t="s">
-        <v>22</v>
+        <v>314</v>
       </c>
       <c r="K44" t="s">
-        <v>86</v>
+        <v>315</v>
       </c>
       <c r="L44" t="s">
-        <v>87</v>
+        <v>316</v>
       </c>
       <c r="M44" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="N44" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="O44" t="s">
         <v>22</v>
       </c>
       <c r="P44" t="s">
         <v>32</v>
       </c>
       <c r="Q44" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R44" t="s">
         <v>32</v>
       </c>
       <c r="S44" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="T44" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>20</v>
       </c>
       <c r="B45" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C45" t="s">
         <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>22</v>
       </c>
       <c r="E45" t="s">
         <v>23</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H45" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="I45" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J45" t="s">
-        <v>318</v>
+        <v>98</v>
       </c>
       <c r="K45" t="s">
-        <v>319</v>
+        <v>99</v>
       </c>
       <c r="L45" t="s">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="M45" t="s">
         <v>30</v>
       </c>
       <c r="N45" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="O45" t="s">
         <v>22</v>
       </c>
       <c r="P45" t="s">
         <v>32</v>
       </c>
       <c r="Q45" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R45" t="s">
         <v>32</v>
       </c>
       <c r="S45" t="s">
         <v>321</v>
       </c>
       <c r="T45" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>20</v>
       </c>
       <c r="B46" t="s">
         <v>322</v>
       </c>
       <c r="C46" t="s">
         <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>22</v>
       </c>
       <c r="E46" t="s">
         <v>23</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>323</v>
       </c>
       <c r="H46" t="s">
         <v>324</v>
       </c>
       <c r="I46" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J46" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="K46" t="s">
-        <v>106</v>
+        <v>178</v>
       </c>
       <c r="L46" t="s">
-        <v>107</v>
+        <v>179</v>
       </c>
       <c r="M46" t="s">
         <v>30</v>
       </c>
       <c r="N46" t="s">
         <v>22</v>
       </c>
       <c r="O46" t="s">
         <v>22</v>
       </c>
       <c r="P46" t="s">
         <v>32</v>
       </c>
       <c r="Q46" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R46" t="s">
         <v>32</v>
       </c>
       <c r="S46" t="s">
         <v>325</v>
       </c>
       <c r="T46" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>20</v>
       </c>
       <c r="B47" t="s">
         <v>326</v>
       </c>
       <c r="C47" t="s">
         <v>22</v>
       </c>
       <c r="D47" t="s">
         <v>22</v>
       </c>
       <c r="E47" t="s">
         <v>23</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>327</v>
       </c>
       <c r="H47" t="s">
         <v>328</v>
       </c>
       <c r="I47" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J47" t="s">
         <v>22</v>
       </c>
       <c r="K47" t="s">
-        <v>182</v>
+        <v>137</v>
       </c>
       <c r="L47" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="M47" t="s">
         <v>30</v>
       </c>
       <c r="N47" t="s">
         <v>22</v>
       </c>
       <c r="O47" t="s">
         <v>22</v>
       </c>
       <c r="P47" t="s">
         <v>32</v>
       </c>
       <c r="Q47" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R47" t="s">
         <v>32</v>
       </c>
       <c r="S47" t="s">
         <v>329</v>
       </c>
       <c r="T47" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>20</v>
       </c>
       <c r="B48" t="s">
         <v>330</v>
       </c>
       <c r="C48" t="s">
         <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>22</v>
       </c>
       <c r="E48" t="s">
         <v>23</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>331</v>
       </c>
       <c r="H48" t="s">
         <v>332</v>
       </c>
       <c r="I48" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="J48" t="s">
-        <v>22</v>
+        <v>333</v>
       </c>
       <c r="K48" t="s">
-        <v>144</v>
+        <v>334</v>
       </c>
       <c r="L48" t="s">
-        <v>145</v>
+        <v>335</v>
       </c>
       <c r="M48" t="s">
         <v>30</v>
       </c>
       <c r="N48" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="O48" t="s">
         <v>22</v>
       </c>
       <c r="P48" t="s">
         <v>32</v>
       </c>
       <c r="Q48" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R48" t="s">
         <v>32</v>
       </c>
       <c r="S48" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="T48" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>20</v>
       </c>
       <c r="B49" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C49" t="s">
         <v>22</v>
       </c>
       <c r="D49" t="s">
         <v>22</v>
       </c>
       <c r="E49" t="s">
         <v>23</v>
       </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H49" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="I49" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="J49" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="K49" t="s">
-        <v>338</v>
+        <v>222</v>
       </c>
       <c r="L49" t="s">
-        <v>339</v>
+        <v>223</v>
       </c>
       <c r="M49" t="s">
-        <v>30</v>
+        <v>224</v>
       </c>
       <c r="N49" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="O49" t="s">
         <v>22</v>
       </c>
       <c r="P49" t="s">
         <v>32</v>
       </c>
       <c r="Q49" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R49" t="s">
         <v>32</v>
       </c>
       <c r="S49" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="T49" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>20</v>
       </c>
       <c r="B50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C50" t="s">
         <v>22</v>
       </c>
       <c r="D50" t="s">
         <v>22</v>
       </c>
       <c r="E50" t="s">
         <v>23</v>
       </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H50" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I50" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J50" t="s">
-        <v>344</v>
+        <v>235</v>
       </c>
       <c r="K50" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="L50" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="M50" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="N50" t="s">
         <v>22</v>
       </c>
       <c r="O50" t="s">
         <v>22</v>
       </c>
       <c r="P50" t="s">
         <v>32</v>
       </c>
       <c r="Q50" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R50" t="s">
         <v>32</v>
       </c>
       <c r="S50" t="s">
         <v>345</v>
       </c>
       <c r="T50" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>20</v>
       </c>
       <c r="B51" t="s">
         <v>346</v>
       </c>
       <c r="C51" t="s">
         <v>22</v>
       </c>
       <c r="D51" t="s">
         <v>22</v>
       </c>
       <c r="E51" t="s">
         <v>23</v>
       </c>
       <c r="F51" t="s">
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>347</v>
       </c>
       <c r="H51" t="s">
         <v>348</v>
       </c>
       <c r="I51" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J51" t="s">
-        <v>239</v>
+        <v>22</v>
       </c>
       <c r="K51" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="L51" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="M51" t="s">
-        <v>228</v>
+        <v>42</v>
       </c>
       <c r="N51" t="s">
         <v>22</v>
       </c>
       <c r="O51" t="s">
         <v>22</v>
       </c>
       <c r="P51" t="s">
         <v>32</v>
       </c>
       <c r="Q51" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R51" t="s">
         <v>32</v>
       </c>
       <c r="S51" t="s">
         <v>349</v>
       </c>
       <c r="T51" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>20</v>
       </c>
       <c r="B52" t="s">
         <v>350</v>
       </c>
       <c r="C52" t="s">
         <v>22</v>
       </c>
       <c r="D52" t="s">
         <v>22</v>
       </c>
       <c r="E52" t="s">
         <v>23</v>
       </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>351</v>
       </c>
       <c r="H52" t="s">
         <v>352</v>
       </c>
       <c r="I52" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J52" t="s">
-        <v>22</v>
+        <v>263</v>
       </c>
       <c r="K52" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="L52" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="M52" t="s">
-        <v>49</v>
+        <v>266</v>
       </c>
       <c r="N52" t="s">
         <v>22</v>
       </c>
       <c r="O52" t="s">
         <v>22</v>
       </c>
       <c r="P52" t="s">
         <v>32</v>
       </c>
       <c r="Q52" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R52" t="s">
         <v>32</v>
       </c>
       <c r="S52" t="s">
         <v>353</v>
       </c>
       <c r="T52" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>20</v>
       </c>
       <c r="B53" t="s">
         <v>354</v>
       </c>
       <c r="C53" t="s">
         <v>22</v>
       </c>
       <c r="D53" t="s">
         <v>22</v>
       </c>
       <c r="E53" t="s">
         <v>23</v>
       </c>
       <c r="F53" t="s">
         <v>22</v>
       </c>
       <c r="G53" t="s">
         <v>355</v>
       </c>
       <c r="H53" t="s">
         <v>356</v>
       </c>
       <c r="I53" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J53" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="K53" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="L53" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="M53" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="N53" t="s">
         <v>22</v>
       </c>
       <c r="O53" t="s">
         <v>22</v>
       </c>
       <c r="P53" t="s">
         <v>32</v>
       </c>
       <c r="Q53" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R53" t="s">
         <v>32</v>
       </c>
       <c r="S53" t="s">
         <v>357</v>
       </c>
       <c r="T53" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>20</v>
       </c>
       <c r="B54" t="s">
         <v>358</v>
       </c>
       <c r="C54" t="s">
         <v>22</v>
       </c>
       <c r="D54" t="s">
         <v>22</v>
       </c>
       <c r="E54" t="s">
         <v>23</v>
       </c>
       <c r="F54" t="s">
         <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>359</v>
       </c>
       <c r="H54" t="s">
         <v>360</v>
       </c>
       <c r="I54" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J54" t="s">
-        <v>275</v>
+        <v>63</v>
       </c>
       <c r="K54" t="s">
-        <v>276</v>
+        <v>64</v>
       </c>
       <c r="L54" t="s">
-        <v>277</v>
+        <v>65</v>
       </c>
       <c r="M54" t="s">
-        <v>270</v>
+        <v>57</v>
       </c>
       <c r="N54" t="s">
         <v>22</v>
       </c>
       <c r="O54" t="s">
         <v>22</v>
       </c>
       <c r="P54" t="s">
         <v>32</v>
       </c>
       <c r="Q54" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R54" t="s">
         <v>32</v>
       </c>
       <c r="S54" t="s">
         <v>361</v>
       </c>
       <c r="T54" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>20</v>
       </c>
       <c r="B55" t="s">
         <v>362</v>
       </c>
       <c r="C55" t="s">
         <v>22</v>
       </c>
       <c r="D55" t="s">
         <v>22</v>
       </c>
       <c r="E55" t="s">
         <v>23</v>
       </c>
       <c r="F55" t="s">
         <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>363</v>
       </c>
       <c r="H55" t="s">
         <v>364</v>
       </c>
       <c r="I55" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="J55" t="s">
-        <v>70</v>
+        <v>365</v>
       </c>
       <c r="K55" t="s">
         <v>71</v>
       </c>
       <c r="L55" t="s">
         <v>72</v>
       </c>
       <c r="M55" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="N55" t="s">
         <v>22</v>
       </c>
       <c r="O55" t="s">
         <v>22</v>
       </c>
       <c r="P55" t="s">
         <v>32</v>
       </c>
       <c r="Q55" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="R55" t="s">
         <v>32</v>
       </c>
       <c r="S55" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="T55" t="s">
-        <v>35</v>
-[...60 lines deleted...]
-      <c r="T56" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>