--- v0 (2025-10-28)
+++ v1 (2025-12-20)
@@ -1,262 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LONGJUMEAU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:18:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3196_FicheEtablissement/en/centre-hospitalier-de-longjumeau</t>
+    <t>21/01/2025 10:18:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3196_FicheEtablissement/fr/centre-hospitalier-de-longjumeau</t>
   </si>
   <si>
     <t>3196_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>159 Rue Du Pdt Francois Mitterrand</t>
   </si>
   <si>
     <t>91160 LONGJUMEAU</t>
   </si>
   <si>
     <t>LONGJUMEAU</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0164543333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>910000298</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ORSAY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3197_FicheEtablissement/en/ch-d-orsay</t>
+    <t>https://www.has-sante.fr/jcms/3197_FicheEtablissement/fr/ch-d-orsay</t>
   </si>
   <si>
     <t>3197_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Place Du General Leclerc</t>
   </si>
   <si>
     <t>91401 ORSAY</t>
   </si>
   <si>
     <t>ORSAY</t>
   </si>
   <si>
     <t>0169297575</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>910000306</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE JUVISY SUR ORGE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3203_FicheEtablissement/en/centre-hospitalier-de-juvisy-sur-orge</t>
+    <t>https://www.has-sante.fr/jcms/3203_FicheEtablissement/fr/centre-hospitalier-de-juvisy-sur-orge</t>
   </si>
   <si>
     <t>3203_FicheEtablissement</t>
   </si>
   <si>
     <t>9 Rue Camille Flammarion</t>
   </si>
   <si>
     <t>91260 JUVISY SUR ORGE</t>
   </si>
   <si>
     <t>JUVISY SUR ORGE</t>
   </si>
   <si>
     <t>0169542958</t>
   </si>
   <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
     <t>910018423</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER D'ORSAY DOMAINE DU GRAND MESNIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3209_FicheEtablissement/en/ch-d-orsay-domaine-du-grand-mesnil</t>
+    <t>https://www.has-sante.fr/jcms/3209_FicheEtablissement/fr/ch-d-orsay-domaine-du-grand-mesnil</t>
   </si>
   <si>
     <t>3209_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Charles De Gaulle</t>
   </si>
   <si>
     <t>91440 BURES SUR YVETTE</t>
   </si>
   <si>
     <t>BURES SUR YVETTE</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>910110071</t>
   </si>
   <si>
     <t>MAISON DE CURE DE L YVETTE CH D ORSAY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3233_FicheEtablissement/en/maison-de-cure-de-l-yvette</t>
+    <t>https://www.has-sante.fr/jcms/3233_FicheEtablissement/fr/maison-de-l-yvette</t>
   </si>
   <si>
     <t>3233_FicheEtablissement</t>
   </si>
   <si>
-    <t>3 Rue Guy Mocquet</t>
+    <t>2 Rue Guy Mocquet</t>
   </si>
   <si>
     <t>0169077838</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>910800986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -514,179 +517,179 @@
       <c r="I4" t="s">
         <v>40</v>
       </c>
       <c r="J4" t="s">
         <v>50</v>
       </c>
       <c r="K4" t="s">
         <v>51</v>
       </c>
       <c r="L4" t="s">
         <v>52</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>53</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I5" t="s">
         <v>40</v>
       </c>
       <c r="J5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>44</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
       <c r="J6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K6" t="s">
         <v>42</v>
       </c>
       <c r="L6" t="s">
         <v>43</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>