--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,93 +89,90 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LONGJUMEAU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:18:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3196_FicheEtablissement/fr/centre-hospitalier-de-longjumeau</t>
   </si>
   <si>
     <t>3196_FicheEtablissement</t>
   </si>
   <si>
-    <t>grand</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>159 Rue Du Pdt Francois Mitterrand</t>
   </si>
   <si>
     <t>91160 LONGJUMEAU</t>
   </si>
   <si>
     <t>LONGJUMEAU</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0164543333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>910000298</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ORSAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3197_FicheEtablissement/fr/ch-d-orsay</t>
   </si>
   <si>
     <t>3197_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>moyen</t>
   </si>
   <si>
     <t>4 Place Du General Leclerc</t>
   </si>
   <si>
     <t>91401 ORSAY</t>
   </si>
   <si>
     <t>ORSAY</t>
   </si>
   <si>
     <t>0169297575</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>910000306</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE JUVISY SUR ORGE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3203_FicheEtablissement/fr/centre-hospitalier-de-juvisy-sur-orge</t>
   </si>
@@ -431,265 +428,265 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
         <v>40</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>41</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="R3" t="s">
         <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="T3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
         <v>48</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
         <v>49</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>50</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
+        <v>54</v>
+      </c>
+      <c r="T4" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5" t="s">
         <v>58</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
         <v>59</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>60</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6" t="s">
         <v>66</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" t="s">
         <v>67</v>
       </c>
-      <c r="I6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K6" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>