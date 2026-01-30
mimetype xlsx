--- v0 (2025-11-27)
+++ v1 (2026-01-30)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE BLOMET</t>
+    <t>CENTRE BLOMET</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:18:36</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2696_FicheEtablissement/fr/clinique-blomet</t>
+    <t>https://www.has-sante.fr/jcms/2696_FicheEtablissement/fr/centre-blomet</t>
   </si>
   <si>
     <t>2696_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>136 Rue Blomet</t>
   </si>
   <si>
     <t>75015 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0140453764</t>
   </si>
   <si>
     <t>Privé</t>
   </si>