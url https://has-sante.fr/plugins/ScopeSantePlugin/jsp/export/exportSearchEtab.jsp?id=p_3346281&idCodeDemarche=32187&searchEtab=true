--- v0 (2025-11-07)
+++ v1 (2026-01-12)
@@ -110,51 +110,51 @@
   <si>
     <t>3362_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>40 Allée De La Source</t>
   </si>
   <si>
     <t>94195 VILLENEUVE ST GEORGES CEDE</t>
   </si>
   <si>
     <t>VILLENEUVE ST GEORGES CEDE</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0143862000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>940000599</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CH LUCIE RAYMOND AUBRAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3398_FicheEtablissement/fr/usld-les-vignes</t>
   </si>
   <si>
     <t>3398_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>8 Rue Des Vignes</t>
   </si>