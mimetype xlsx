--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LES TOURNELLES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/07/2025 09:36:44</t>
+    <t>10/12/2025 13:33:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3382_FicheEtablissement/fr/clinique-les-tournelles</t>
   </si>
   <si>
     <t>3382_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>15 Rue Des Tournelles</t>
   </si>
   <si>
     <t>94240 L HAY LES ROSES</t>
   </si>
   <si>
     <t>L HAY LES ROSES</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0141243274</t>
   </si>