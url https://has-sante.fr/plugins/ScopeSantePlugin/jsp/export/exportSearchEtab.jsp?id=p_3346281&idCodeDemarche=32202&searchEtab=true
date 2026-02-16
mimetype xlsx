--- v1 (2025-12-21)
+++ v2 (2026-02-16)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LES TOURNELLES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/12/2025 13:33:34</t>
+    <t>12/01/2026 12:51:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3382_FicheEtablissement/fr/clinique-les-tournelles</t>
   </si>
   <si>
     <t>3382_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>15 Rue Des Tournelles</t>
   </si>
   <si>
     <t>94240 L HAY LES ROSES</t>
   </si>
   <si>
     <t>L HAY LES ROSES</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>0141243274</t>
   </si>