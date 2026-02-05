--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -89,108 +89,108 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE DE L'A. R. A. U. C. O.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>26/06/2025 10:50:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3617_FicheEtablissement/fr/a-r-a-u-c-o-vierzon</t>
   </si>
   <si>
     <t>3617_FicheEtablissement</t>
   </si>
   <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>5 Rue Blanqui</t>
+  </si>
+  <si>
+    <t>18100 VIERZON</t>
+  </si>
+  <si>
+    <t>VIERZON</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>0248751379</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>180005662</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3618_FicheEtablissement/fr/a-r-a-u-c-o-belleville</t>
+  </si>
+  <si>
+    <t>3618_FicheEtablissement</t>
+  </si>
+  <si>
     <t>petit</t>
   </si>
   <si>
-    <t>5 Rue Blanqui</t>
-[...34 lines deleted...]
-  <si>
     <t>18240 BELLEVILLE SUR LOIRE</t>
   </si>
   <si>
     <t>BELLEVILLE SUR LOIRE</t>
   </si>
   <si>
     <t>0248725019</t>
   </si>
   <si>
     <t>180005811</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3619_FicheEtablissement/fr/a-r-a-u-c-o-bourges</t>
   </si>
   <si>
     <t>3619_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>moyen</t>
   </si>
   <si>
     <t>151 Avenue Francois Mitterrand</t>
   </si>
   <si>
     <t>18000 BOURGES</t>
   </si>
   <si>
     <t>BOURGES</t>
   </si>
   <si>
     <t>0248670321</t>
   </si>
   <si>
     <t>180005829</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE DE ST AMAND-MONTROND</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3620_FicheEtablissement/fr/a-r-a-u-c-o-saint-amand-montrond</t>
   </si>
   <si>
     <t>3620_FicheEtablissement</t>
   </si>
@@ -551,113 +551,113 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I4" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
         <v>33</v>
       </c>
@@ -675,51 +675,51 @@
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>52</v>
       </c>
       <c r="H5" t="s">
         <v>53</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
         <v>54</v>
       </c>
       <c r="L5" t="s">
         <v>55</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>56</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
@@ -737,51 +737,51 @@
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>62</v>
       </c>
       <c r="L6" t="s">
         <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>65</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
@@ -799,51 +799,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7" t="s">
         <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>70</v>
       </c>
       <c r="L7" t="s">
         <v>71</v>
       </c>
       <c r="M7" t="s">
         <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>72</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
@@ -861,51 +861,51 @@
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>75</v>
       </c>
       <c r="H8" t="s">
         <v>76</v>
       </c>
       <c r="I8" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
         <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>78</v>
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>64</v>
       </c>
       <c r="N8" t="s">
         <v>80</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>33</v>
       </c>
@@ -923,51 +923,51 @@
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>84</v>
       </c>
       <c r="I9" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J9" t="s">
         <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>86</v>
       </c>
       <c r="L9" t="s">
         <v>87</v>
       </c>
       <c r="M9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
         <v>88</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
         <v>33</v>
       </c>
@@ -985,51 +985,51 @@
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>91</v>
       </c>
       <c r="H10" t="s">
         <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J10" t="s">
         <v>22</v>
       </c>
       <c r="K10" t="s">
         <v>93</v>
       </c>
       <c r="L10" t="s">
         <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>95</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
@@ -1047,51 +1047,51 @@
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>97</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>98</v>
       </c>
       <c r="H11" t="s">
         <v>99</v>
       </c>
       <c r="I11" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="J11" t="s">
         <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>101</v>
       </c>
       <c r="L11" t="s">
         <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>64</v>
       </c>
       <c r="N11" t="s">
         <v>103</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
@@ -1109,51 +1109,51 @@
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>106</v>
       </c>
       <c r="H12" t="s">
         <v>107</v>
       </c>
       <c r="I12" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>108</v>
       </c>
       <c r="L12" t="s">
         <v>109</v>
       </c>
       <c r="M12" t="s">
         <v>64</v>
       </c>
       <c r="N12" t="s">
         <v>110</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>