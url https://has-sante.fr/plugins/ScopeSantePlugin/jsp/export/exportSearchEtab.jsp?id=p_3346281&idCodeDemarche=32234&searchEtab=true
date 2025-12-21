--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -1,295 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CH PIERRE OUDOT BOURGOIN JALLIEU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/18/2025 14:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1233_FicheEtablissement/en/ch-pierre-oudot-bourgoin-jallieu</t>
+    <t>18/06/2025 14:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1233_FicheEtablissement/fr/ch-pierre-oudot-bourgoin-jallieu</t>
   </si>
   <si>
     <t>1233_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>30 Avenue Du Medipole</t>
   </si>
   <si>
     <t>38302 BOURGOIN JALLIEU</t>
   </si>
   <si>
     <t>BOURGOIN JALLIEU</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>0474273099</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>380000034</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH YVES TOURAINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1234_FicheEtablissement/en/ch-yves-touraine</t>
+    <t>https://www.has-sante.fr/jcms/1234_FicheEtablissement/fr/ch-yves-touraine</t>
   </si>
   <si>
     <t>1234_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>205 Rue Lieutenant Richard</t>
   </si>
   <si>
     <t>38480 LE PONT DE BEAUVOISIN</t>
   </si>
   <si>
     <t>LE PONT DE BEAUVOISIN</t>
   </si>
   <si>
     <t>0456225001</t>
   </si>
   <si>
     <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>380000042</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE LA TOUR DU PIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1244_FicheEtablissement/en/ch-de-la-tour-du-pin</t>
+    <t>https://www.has-sante.fr/jcms/1244_FicheEtablissement/fr/ch-de-la-tour-du-pin</t>
   </si>
   <si>
     <t>1244_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Boulevard Victor Hugo</t>
   </si>
   <si>
     <t>38110 LA TOUR DU PIN</t>
   </si>
   <si>
     <t>LA TOUR DU PIN</t>
   </si>
   <si>
     <t>0474832727</t>
   </si>
   <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>380000356</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE MORESTEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1245_FicheEtablissement/fr/ch-de-morestel</t>
+  </si>
+  <si>
+    <t>1245_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>539 Rue Francois Perrin</t>
+  </si>
+  <si>
+    <t>38510 MORESTEL</t>
+  </si>
+  <si>
+    <t>MORESTEL</t>
+  </si>
+  <si>
+    <t>0474800244</t>
+  </si>
+  <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
-    <t>380000356</t>
-[...22 lines deleted...]
-  <si>
     <t>380000364</t>
   </si>
   <si>
     <t>USLD JEAN MOULIN DU CH DE BOURGOIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1266_FicheEtablissement/en/usld-jean-moulin-du-ch-de-bourgoin</t>
+    <t>https://www.has-sante.fr/jcms/1266_FicheEtablissement/fr/usld-jean-moulin-du-ch-de-bourgoin</t>
   </si>
   <si>
     <t>1266_FicheEtablissement</t>
   </si>
   <si>
     <t>16 Rue Jean Moulin</t>
   </si>
   <si>
     <t>38300 BOURGOIN JALLIEU</t>
   </si>
   <si>
     <t>0469157000</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>380785840</t>
   </si>
   <si>
     <t>USLD DELPHINE NEYRET DU CH BOURGOIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1272_FicheEtablissement/en/usld-delphine-neyret-ch-bourgoin</t>
+    <t>https://www.has-sante.fr/jcms/1272_FicheEtablissement/fr/usld-delphine-neyret-ch-bourgoin</t>
   </si>
   <si>
     <t>1272_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Place Du 8 Mai 1945</t>
   </si>
   <si>
     <t>380798520</t>
   </si>
   <si>
     <t>LONG SÉJOUR DE L'HÔPITAL DE LA TOUR DU PIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1275_FicheEtablissement/en/csld-hl-de-la-tour-du-pin</t>
+    <t>https://www.has-sante.fr/jcms/1275_FicheEtablissement/fr/csld-hl-de-la-tour-du-pin</t>
   </si>
   <si>
     <t>1275_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>380802942</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -609,241 +612,241 @@
       <c r="I5" t="s">
         <v>40</v>
       </c>
       <c r="J5" t="s">
         <v>59</v>
       </c>
       <c r="K5" t="s">
         <v>60</v>
       </c>
       <c r="L5" t="s">
         <v>61</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
         <v>62</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
         <v>40</v>
       </c>
       <c r="J6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L6" t="s">
         <v>29</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>34</v>
       </c>
       <c r="Q6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I7" t="s">
         <v>40</v>
       </c>
       <c r="J7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K7" t="s">
         <v>28</v>
       </c>
       <c r="L7" t="s">
         <v>29</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
       <c r="Q7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J8" t="s">
         <v>50</v>
       </c>
       <c r="K8" t="s">
         <v>51</v>
       </c>
       <c r="L8" t="s">
         <v>52</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>53</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T8" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>