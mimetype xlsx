--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -113,51 +113,51 @@
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>97139 LES ABYMES</t>
   </si>
   <si>
     <t>LES ABYMES</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>0590910222</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>970107454</t>
   </si>
   <si>
-    <t>B</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>ANTENNE AUDRA DE SAINT MARTIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4090_FicheEtablissement/fr/antenne-audra-de-saint-martin</t>
   </si>
   <si>
     <t>4090_FicheEtablissement</t>
   </si>
   <si>
     <t>97150 ST MARTIN</t>
   </si>
   <si>
     <t>ST MARTIN</t>
   </si>
   <si>
     <t>970107587</t>
   </si>
   <si>
     <t>ANTENNE AUDRA  AUTODIALYSE DE MARIE GALANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4091_FicheEtablissement/fr/antenne-audra-de-marie-galante</t>
   </si>