--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -110,51 +110,51 @@
   <si>
     <t>299_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>265 Boulevard Achille Souques</t>
   </si>
   <si>
     <t>12101 MILLAU</t>
   </si>
   <si>
     <t>MILLAU</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>0565593000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>120004569</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE CH MILLAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/307_FicheEtablissement/fr/usld-ch-millau</t>
   </si>
   <si>
     <t>307_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Avenue Pierre Semard</t>
   </si>
   <si>
     <t>12100 MILLAU</t>
   </si>