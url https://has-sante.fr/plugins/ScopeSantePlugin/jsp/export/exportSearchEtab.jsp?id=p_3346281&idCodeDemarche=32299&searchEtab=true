--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CH POLE DE SANTE DE LUNEL (HOP PROXIMITE)</t>
+    <t>CH LUNEL (HOP PROXIMITE)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:15</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-pole-de-sante-de-lunel</t>
+    <t>https://www.has-sante.fr/jcms/1071_FicheEtablissement/fr/ch-lunel</t>
   </si>
   <si>
     <t>1071_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>34403 LUNEL</t>
   </si>
   <si>
     <t>LUNEL</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>0467877100</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>