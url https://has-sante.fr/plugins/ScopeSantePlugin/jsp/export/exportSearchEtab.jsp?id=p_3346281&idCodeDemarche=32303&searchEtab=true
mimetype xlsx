--- v0 (2025-10-26)
+++ v1 (2026-01-15)
@@ -116,51 +116,51 @@
   <si>
     <t>13 Rue Marcel Paul</t>
   </si>
   <si>
     <t>20200 BASTIA</t>
   </si>
   <si>
     <t>BASTIA</t>
   </si>
   <si>
     <t>2B</t>
   </si>
   <si>
     <t>0495553939</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>2B0000145</t>
   </si>
   <si>
-    <t>B</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HAD CENTRE RAOUL FRANCOIS MAYMARD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/864_FicheEtablissement/fr/had-centre-raoul-francois-maymard</t>
   </si>
   <si>
     <t>864_FicheEtablissement</t>
   </si>
   <si>
     <t>20600 BASTIA</t>
   </si>
   <si>
     <t>0495553935</t>
   </si>
   <si>
     <t>2B0003289</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>