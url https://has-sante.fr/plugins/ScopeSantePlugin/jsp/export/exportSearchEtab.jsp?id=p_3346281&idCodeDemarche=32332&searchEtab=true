--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER AUTUN  SITE PARPAS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/07/2025 09:44:44</t>
+    <t>26/11/2025 15:05:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2518_FicheEtablissement/fr/ch-autun-site-parpas</t>
   </si>
   <si>
     <t>2518_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>7 Rue De    Parpas</t>
   </si>
   <si>
     <t>71400 AUTUN</t>
   </si>
   <si>
     <t>AUTUN</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>0385868484</t>
   </si>