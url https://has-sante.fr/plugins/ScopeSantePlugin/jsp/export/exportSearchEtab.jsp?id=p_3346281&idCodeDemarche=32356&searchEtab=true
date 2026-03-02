--- v0 (2025-10-22)
+++ v1 (2026-03-02)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE SAULT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3046_FicheEtablissement/fr/centre-hospitalier-de-sault</t>
   </si>
   <si>
     <t>3046_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>84390 SAULT</t>
   </si>
   <si>
     <t>SAULT</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>0490641900</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>840000517</t>
   </si>