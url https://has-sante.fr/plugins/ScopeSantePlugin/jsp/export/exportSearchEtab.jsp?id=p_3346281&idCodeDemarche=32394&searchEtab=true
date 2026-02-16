--- v0 (2025-10-26)
+++ v1 (2026-02-16)
@@ -110,51 +110,51 @@
   <si>
     <t>1569_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>2 Avenue Des Sables</t>
   </si>
   <si>
     <t>49300 CHOLET</t>
   </si>
   <si>
     <t>CHOLET</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241634200</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie</t>
   </si>
   <si>
     <t>490002037</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE DE CONVALESCENCE ARCOLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1587_FicheEtablissement/fr/ssr-arcole</t>
   </si>
   <si>
     <t>1587_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Rue D'Arcole</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>490534922</t>
   </si>