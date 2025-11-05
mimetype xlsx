--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,388 +1,388 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="114">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>GHBS - HOPITAL LA VILLENEUVE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/22/2025 17:39:09</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/815_FicheEtablissement/en/ghbs-hopital-la-villeneuve</t>
+    <t>22/10/2025 17:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/815_FicheEtablissement/fr/ghbs-hopital-la-villeneuve</t>
   </si>
   <si>
     <t>815_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>20 Avenue General Leclerc</t>
   </si>
   <si>
     <t>29391 QUIMPERLE</t>
   </si>
   <si>
     <t>QUIMPERLE</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>0298966000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Imagerie Médicale, Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>290000934</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>GHBS - HOPITAL KERGLANCHARD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/821_FicheEtablissement/en/ghbs-hopital-kerglanchard</t>
+    <t>https://www.has-sante.fr/jcms/821_FicheEtablissement/fr/ghbs-hopital-kerglanchard</t>
   </si>
   <si>
     <t>821_FicheEtablissement</t>
   </si>
   <si>
     <t>29300 QUIMPERLE</t>
   </si>
   <si>
     <t>0298966414</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>290003995</t>
   </si>
   <si>
     <t>GHBS USLD BOIS JOLY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/829_FicheEtablissement/en/ghbs-usld-bois-joly</t>
+    <t>https://www.has-sante.fr/jcms/829_FicheEtablissement/fr/ghbs-usld-bois-joly</t>
   </si>
   <si>
     <t>829_FicheEtablissement</t>
   </si>
   <si>
     <t>0297069090</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>290014687</t>
   </si>
   <si>
     <t>GHBS HOPITAL BOIS JOLY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/840_FicheEtablissement/en/ghbs-hopital-bois-joly</t>
+    <t>https://www.has-sante.fr/jcms/840_FicheEtablissement/fr/ghbs-hopital-bois-joly</t>
   </si>
   <si>
     <t>840_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>290034610</t>
   </si>
   <si>
     <t>GHBS-SITE HÔPITAL DU SCORFF</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1760_FicheEtablissement/en/ghbs-hopital-du-scorff</t>
+    <t>https://www.has-sante.fr/jcms/1760_FicheEtablissement/fr/ghbs-hopital-du-scorff</t>
   </si>
   <si>
     <t>1760_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>5 Avenue De Choiseul</t>
   </si>
   <si>
     <t>56322 LORIENT</t>
   </si>
   <si>
     <t>LORIENT</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>560000135</t>
   </si>
   <si>
     <t>GHBS - HOPITAL DE KERLIVIO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1765_FicheEtablissement/en/ghbs-hopital-de-kerlivio</t>
+    <t>https://www.has-sante.fr/jcms/1765_FicheEtablissement/fr/ghbs-hopital-de-kerlivio</t>
   </si>
   <si>
     <t>1765_FicheEtablissement</t>
   </si>
   <si>
     <t>56700 HENNEBONT</t>
   </si>
   <si>
     <t>HENNEBONT</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>560000275</t>
   </si>
   <si>
     <t>GHBS HOSPITAL LE FAOUET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1771_FicheEtablissement/en/ghbs-hopital-le-faouet</t>
+    <t>https://www.has-sante.fr/jcms/1771_FicheEtablissement/fr/ghbs-hopital-le-faouet</t>
   </si>
   <si>
     <t>1771_FicheEtablissement</t>
   </si>
   <si>
     <t>36 Rue Des Bergeres</t>
   </si>
   <si>
     <t>56320 LE FAOUET</t>
   </si>
   <si>
     <t>LE FAOUET</t>
   </si>
   <si>
     <t>0297230899</t>
   </si>
   <si>
     <t>560000465</t>
   </si>
   <si>
     <t>GHBS - HOPITAL DE KERBERNES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1783_FicheEtablissement/en/ghbs-hopital-de-kerbernes</t>
+    <t>https://www.has-sante.fr/jcms/1783_FicheEtablissement/fr/ghbs-hopital-de-kerbernes</t>
   </si>
   <si>
     <t>1783_FicheEtablissement</t>
   </si>
   <si>
     <t>56270 PLOEMEUR</t>
   </si>
   <si>
     <t>PLOEMEUR</t>
   </si>
   <si>
     <t>560003980</t>
   </si>
   <si>
     <t>GHBS USLD KERBERNES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1785_FicheEtablissement/en/ghbs-usld-kerbernes</t>
+    <t>https://www.has-sante.fr/jcms/1785_FicheEtablissement/fr/ghbs-usld-kerbernes</t>
   </si>
   <si>
     <t>1785_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>560005035</t>
   </si>
   <si>
     <t>GHBS USLD SITE DE KERDURAND</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1786_FicheEtablissement/en/ghbs-usld-site-de-kerdurand</t>
+    <t>https://www.has-sante.fr/jcms/1786_FicheEtablissement/fr/ghbs-usld-site-de-kerdurand</t>
   </si>
   <si>
     <t>1786_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Groez Diben</t>
   </si>
   <si>
     <t>56670 RIANTEC</t>
   </si>
   <si>
     <t>RIANTEC</t>
   </si>
   <si>
     <t>0297069097</t>
   </si>
   <si>
     <t>560006637</t>
   </si>
   <si>
     <t>GHBS USLD KERLIVIO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1792_FicheEtablissement/en/ghbs-usld-kerlivio</t>
+    <t>https://www.has-sante.fr/jcms/1792_FicheEtablissement/fr/ghbs-usld-kerlivio</t>
   </si>
   <si>
     <t>1792_FicheEtablissement</t>
   </si>
   <si>
     <t>560009631</t>
   </si>
   <si>
     <t>GHBS SITE DE KERDURAND RIANTEC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1796_FicheEtablissement/en/ghbs-site-de-kerdurand-riantec</t>
+    <t>https://www.has-sante.fr/jcms/1796_FicheEtablissement/fr/ghbs-site-de-kerdurand-riantec</t>
   </si>
   <si>
     <t>1796_FicheEtablissement</t>
   </si>
   <si>
     <t>0297822800</t>
   </si>
   <si>
     <t>560015422</t>
   </si>
   <si>
     <t>GHBS -  HÔPITAL SITE CLINIQUE DU TER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5699_FicheEtablissement/en/ghbs-hopital-site-clinique-du-ter</t>
+    <t>https://www.has-sante.fr/jcms/5699_FicheEtablissement/fr/ghbs-hopital-site-clinique-du-ter</t>
   </si>
   <si>
     <t>5699_FicheEtablissement</t>
   </si>
   <si>
     <t>5 Allée Clinique Du Ter</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>560030165</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>