--- v0 (2025-11-14)
+++ v1 (2026-01-12)
@@ -134,69 +134,69 @@
   <si>
     <t>A</t>
   </si>
   <si>
     <t>CLINIQUE JULES VERNE - POLE HOSPITALIER MUTUALISTE DE NANTES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1449_FicheEtablissement/fr/clinique-mutualiste-jules-verne</t>
   </si>
   <si>
     <t>1449_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Route De Paris</t>
   </si>
   <si>
     <t>44314 NANTES CEDEX 3</t>
   </si>
   <si>
     <t>NANTES CEDEX 3</t>
   </si>
   <si>
     <t>0251171717</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>440029338</t>
   </si>
   <si>
     <t>CLINIQUE JULES VERNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1450_FicheEtablissement/fr/clinique-jules-verne</t>
   </si>
   <si>
     <t>1450_FicheEtablissement</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Chirurgie, Médecine</t>
   </si>
   <si>
     <t>440029379</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>