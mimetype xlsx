--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -110,51 +110,51 @@
   <si>
     <t>997_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>201 Rue Robespierre</t>
   </si>
   <si>
     <t>33401 TALENCE</t>
   </si>
   <si>
     <t>TALENCE</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>0557123456</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>330000340</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>MAISON DE REPOS L'AJONCIERE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1037_FicheEtablissement/fr/maison-de-repos-l-ajonciere</t>
   </si>
   <si>
     <t>1037_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>40 Chemin De Camparian</t>
   </si>
   <si>
     <t>33610 CANEJAN</t>
   </si>