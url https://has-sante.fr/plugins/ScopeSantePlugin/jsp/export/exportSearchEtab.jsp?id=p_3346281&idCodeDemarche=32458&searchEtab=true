--- v1 (2025-12-21)
+++ v2 (2026-03-02)
@@ -110,51 +110,51 @@
   <si>
     <t>997_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>201 Rue Robespierre</t>
   </si>
   <si>
     <t>33401 TALENCE</t>
   </si>
   <si>
     <t>TALENCE</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>0557123456</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>330000340</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>MAISON DE REPOS L'AJONCIERE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1037_FicheEtablissement/fr/maison-de-repos-l-ajonciere</t>
   </si>
   <si>
     <t>1037_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>40 Chemin De Camparian</t>
   </si>
   <si>
     <t>33610 CANEJAN</t>
   </si>