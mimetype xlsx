--- v0 (2025-11-01)
+++ v1 (2025-12-21)
@@ -116,51 +116,51 @@
   <si>
     <t>1 Place Maurice Versepuy</t>
   </si>
   <si>
     <t>60500 CHANTILLY</t>
   </si>
   <si>
     <t>CHANTILLY</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>0344674467</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>600105381</t>
   </si>
   <si>
-    <t>A</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>SSR CONDÉ CHANTILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2064_FicheEtablissement/fr/ssr-conde-chantilly</t>
   </si>
   <si>
     <t>2064_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>600111124</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>