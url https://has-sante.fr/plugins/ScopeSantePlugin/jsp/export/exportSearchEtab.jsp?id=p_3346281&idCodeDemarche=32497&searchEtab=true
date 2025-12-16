--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1,322 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOSPITALISATION A DOMICILE DE L'AURAL BERGSON</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/01/2025 13:47:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2322_FicheEtablissement/fr/had-aural-bergson</t>
+    <t>01/22/2025 13:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2322_FicheEtablissement/en/had-aural-bergson</t>
   </si>
   <si>
     <t>2322_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue Henri Bergson</t>
   </si>
   <si>
     <t>67200 STRASBOURG</t>
   </si>
   <si>
     <t>STRASBOURG</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>0388108670</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>670005479</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE DE L'AURAL BERGSON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3943_FicheEtablissement/fr/centre-d-autodialyse-aural-bergson</t>
+    <t>https://www.has-sante.fr/jcms/3943_FicheEtablissement/en/centre-d-autodialyse-aural-bergson</t>
   </si>
   <si>
     <t>3943_FicheEtablissement</t>
   </si>
   <si>
     <t>0388104810</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>670002187</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE AURAL SAVERNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3944_FicheEtablissement/fr/unite-de-dialyse-aural-saverne</t>
+    <t>https://www.has-sante.fr/jcms/3944_FicheEtablissement/en/unite-de-dialyse-aural-saverne</t>
   </si>
   <si>
     <t>3944_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Cote De Saverne</t>
   </si>
   <si>
     <t>67703 SAVERNE</t>
   </si>
   <si>
     <t>SAVERNE</t>
   </si>
   <si>
     <t>0388716641</t>
   </si>
   <si>
     <t>670013895</t>
   </si>
   <si>
     <t>CENTRE D'HEMODIALYSE HAUTEPIERRE AURAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3945_FicheEtablissement/fr/centre-d-hemodialyse-hautepierre-aural</t>
+    <t>https://www.has-sante.fr/jcms/3945_FicheEtablissement/en/centre-d-hemodialyse-hautepierre-aural</t>
   </si>
   <si>
     <t>3945_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Avenue Moliere</t>
   </si>
   <si>
     <t>670014455</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE AURAL HAGUENAU</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3946_FicheEtablissement/fr/centre-de-dialyse-aural-haguenau</t>
+    <t>https://www.has-sante.fr/jcms/3946_FicheEtablissement/en/centre-de-dialyse-aural-haguenau</t>
   </si>
   <si>
     <t>3946_FicheEtablissement</t>
   </si>
   <si>
     <t>64 Avenue Du Professeur Leriche</t>
   </si>
   <si>
     <t>67500 HAGUENAU</t>
   </si>
   <si>
     <t>HAGUENAU</t>
   </si>
   <si>
     <t>0388050130</t>
   </si>
   <si>
     <t>670795921</t>
   </si>
   <si>
     <t>AURAL - CENTRE D'AUTODIALYSE (CLINIQUE SAINTE ANNE)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3947_FicheEtablissement/fr/aural-clinique-sainte-anne</t>
+    <t>https://www.has-sante.fr/jcms/3947_FicheEtablissement/en/aural-clinique-sainte-anne</t>
   </si>
   <si>
     <t>3947_FicheEtablissement</t>
   </si>
   <si>
     <t>182 Route De La Wantzenau</t>
   </si>
   <si>
     <t>67085 STRASBOURG</t>
   </si>
   <si>
     <t>0388458181</t>
   </si>
   <si>
     <t>670799667</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE AURAL DE COLMAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3949_FicheEtablissement/fr/unite-autodialyse-aural-colmar</t>
+    <t>https://www.has-sante.fr/jcms/3949_FicheEtablissement/en/unite-autodialyse-aural-colmar</t>
   </si>
   <si>
     <t>3949_FicheEtablissement</t>
   </si>
   <si>
     <t>68000 COLMAR</t>
   </si>
   <si>
     <t>COLMAR</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>0389796780</t>
   </si>
   <si>
     <t>680010824</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE AURAL DE MULHOUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3950_FicheEtablissement/fr/unite-autodialyse-aural-mulhouse</t>
+    <t>https://www.has-sante.fr/jcms/3950_FicheEtablissement/en/unite-autodialyse-aural-mulhouse</t>
   </si>
   <si>
     <t>3950_FicheEtablissement</t>
   </si>
   <si>
     <t>45 Rue Du Dr Leon Mangeney</t>
   </si>
   <si>
     <t>68100 MULHOUSE</t>
   </si>
   <si>
     <t>MULHOUSE</t>
   </si>
   <si>
     <t>0389314880</t>
   </si>
   <si>
     <t>680013778</t>
   </si>
   <si>
     <t>UNITE DE DIALYSE AURAL - SITE DE SAINT-LOUIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7603_FicheEtablissement/fr/unite-de-dialyse-aural-saint-louis</t>
+    <t>https://www.has-sante.fr/jcms/7603_FicheEtablissement/en/unite-de-dialyse-aural-saint-louis</t>
   </si>
   <si>
     <t>7603_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Rue Saint Damien</t>
   </si>
   <si>
     <t>68220 HESINGUE</t>
   </si>
   <si>
     <t>HESINGUE</t>
   </si>
   <si>
     <t>0389914000</t>
   </si>
   <si>
     <t>680020823</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>