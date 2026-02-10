--- v0 (2025-10-05)
+++ v1 (2026-02-10)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL SAINT-VINCENT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/07/2025 09:24:44</t>
+    <t>09/01/2026 12:21:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2366_FicheEtablissement/fr/hopital-saint-vincent</t>
   </si>
   <si>
     <t>2366_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>68830 ODEREN</t>
   </si>
   <si>
     <t>ODEREN</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>0389391900</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>