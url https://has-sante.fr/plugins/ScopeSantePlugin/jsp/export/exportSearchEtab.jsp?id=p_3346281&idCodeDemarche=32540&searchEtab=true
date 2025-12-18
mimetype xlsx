--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -258,50 +258,80 @@
     <t>CHU/CHR METZ - THIONVILLE - HOPITAL DE MERCY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1859_FicheEtablissement/fr/chu/hopital-de-mercy-chr-metz-thionville</t>
   </si>
   <si>
     <t>1859_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Allée Du Chateau</t>
   </si>
   <si>
     <t>57085 METZ CEDEX 03</t>
   </si>
   <si>
     <t>METZ CEDEX 03</t>
   </si>
   <si>
     <t>0387553131</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>570026682</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR CHR METZ THIONVILLE SERVICE PEDO-PSYCHIATRIE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:11:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5740_FicheEtablissement/fr/hopital-de-jour-enfants-de-yutz</t>
+  </si>
+  <si>
+    <t>5740_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue De Lorraine</t>
+  </si>
+  <si>
+    <t>57970 YUTZ</t>
+  </si>
+  <si>
+    <t>YUTZ</t>
+  </si>
+  <si>
+    <t>0382558509</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>570015750</t>
   </si>
   <si>
     <t>CHU/CHR METZ-THIONVILLE SITE LEGOUEST</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5748_FicheEtablissement/fr/chu/chr-metz-thionville-site-legouest</t>
   </si>
   <si>
     <t>5748_FicheEtablissement</t>
   </si>
   <si>
     <t>27 Avenue De Plantieres</t>
   </si>
   <si>
     <t>57077 METZ CEDEX 03</t>
   </si>
   <si>
     <t>0387564741</t>
   </si>
   <si>
     <t>570029801</t>
   </si>
 </sst>
 </file>
 
@@ -329,51 +359,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T9"/>
+  <dimension ref="A1:T10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -845,91 +875,153 @@
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
         <v>82</v>
       </c>
       <c r="T8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>83</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I9" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="J9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>91</v>
+      </c>
+      <c r="R9" t="s">
+        <v>34</v>
+      </c>
+      <c r="S9" t="s">
+        <v>92</v>
+      </c>
+      <c r="T9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" t="s">
+        <v>94</v>
+      </c>
+      <c r="H10" t="s">
+        <v>95</v>
+      </c>
+      <c r="I10" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>97</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>30</v>
+      </c>
+      <c r="N10" t="s">
+        <v>98</v>
+      </c>
+      <c r="O10" t="s">
+        <v>22</v>
+      </c>
+      <c r="P10" t="s">
         <v>32</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="Q10" t="s">
         <v>54</v>
       </c>
-      <c r="R9" t="s">
-[...5 lines deleted...]
-      <c r="T9" t="s">
+      <c r="R10" t="s">
+        <v>34</v>
+      </c>
+      <c r="S10" t="s">
+        <v>99</v>
+      </c>
+      <c r="T10" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>