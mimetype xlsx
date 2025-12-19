--- v0 (2025-10-27)
+++ v1 (2025-12-19)
@@ -110,78 +110,78 @@
   <si>
     <t>378_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>264 Rue Saint Pierre</t>
   </si>
   <si>
     <t>13005 MARSEILLE</t>
   </si>
   <si>
     <t>MARSEILLE</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0491380000</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>130783293</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>APHM HOSPITAL LA TIMONE HOPITAL D'ENFANTS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/423_FicheEtablissement/en/aphm-hopital-la-timone-enfants</t>
   </si>
   <si>
     <t>423_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>13385 MARSEILLE CEDEX 05</t>
   </si>
   <si>
     <t>MARSEILLE CEDEX 05</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>130804297</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>