--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -110,51 +110,51 @@
   <si>
     <t>3335_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>125 Rue De Stalingrad</t>
   </si>
   <si>
     <t>93009 BOBIGNY</t>
   </si>
   <si>
     <t>BOBIGNY</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>0148955585</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>930100037</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>