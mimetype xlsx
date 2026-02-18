--- v0 (2025-11-27)
+++ v1 (2026-02-18)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/3336_FicheEtablissement/en/ghu-aphp-hu-pssd-site-jean-verdier</t>
   </si>
   <si>
     <t>3336_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>93143 BONDY</t>
   </si>
   <si>
     <t>BONDY</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>0148026666</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Obstétrique</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>930100045</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>