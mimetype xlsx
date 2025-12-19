--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -110,51 +110,51 @@
   <si>
     <t>2781_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>55 Boulevard Du Marechal Joffre</t>
   </si>
   <si>
     <t>77305 FONTAINEBLEAU</t>
   </si>
   <si>
     <t>FONTAINEBLEAU</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>0160741010</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>770000149</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SUD SEINE ET MARNE SITE MONTEREAU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2783_FicheEtablissement/en/ch-sud-seine-et-marne-site-montereau</t>
   </si>
   <si>
     <t>2783_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Rue Victor Hugo</t>
   </si>