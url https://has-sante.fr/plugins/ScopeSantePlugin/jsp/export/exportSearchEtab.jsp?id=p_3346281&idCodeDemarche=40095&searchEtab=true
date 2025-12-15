--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -294,101 +294,128 @@
     <t>1996_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>590804449</t>
   </si>
   <si>
     <t>HOPITAL CLAUDE HURIEZ DU CHU DE LILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2005_FicheEtablissement/fr/hop-claude-huriez-chu-lille</t>
   </si>
   <si>
     <t>2005_FicheEtablissement</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>590811279</t>
+  </si>
+  <si>
+    <t>UNITÉ HOSPITALIÈRE SPÉCIALEMENT AMÉNAGÉE (UHSA)</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:12:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5860_FicheEtablissement/fr/uhsa-psychiatrie-generale</t>
+  </si>
+  <si>
+    <t>5860_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Chemin Du Bois De L'Hôpital</t>
+  </si>
+  <si>
+    <t>59113 SECLIN</t>
+  </si>
+  <si>
+    <t>SECLIN</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>590067823</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T12"/>
+  <dimension ref="A1:T13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1091,46 +1118,108 @@
       <c r="L12" t="s">
         <v>29</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
         <v>31</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>93</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
         <v>94</v>
       </c>
       <c r="T12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" t="s">
+        <v>97</v>
+      </c>
+      <c r="H13" t="s">
+        <v>98</v>
+      </c>
+      <c r="I13" t="s">
+        <v>87</v>
+      </c>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>100</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>30</v>
+      </c>
+      <c r="N13" t="s">
+        <v>22</v>
+      </c>
+      <c r="O13" t="s">
+        <v>22</v>
+      </c>
+      <c r="P13" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>102</v>
+      </c>
+      <c r="R13" t="s">
+        <v>34</v>
+      </c>
+      <c r="S13" t="s">
+        <v>103</v>
+      </c>
+      <c r="T13" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>