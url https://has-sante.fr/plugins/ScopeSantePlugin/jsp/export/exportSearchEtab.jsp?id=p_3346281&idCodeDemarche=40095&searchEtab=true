--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -110,51 +110,51 @@
   <si>
     <t>1889_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>2 Avenue Oscar Lambret</t>
   </si>
   <si>
     <t>59037 LILLE</t>
   </si>
   <si>
     <t>LILLE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0320445962</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie</t>
+    <t>Cancérologie, Psychiatrie</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>590000105</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HOPITAL JEANNE DE FLANDRE DU CHU DE LILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1917_FicheEtablissement/fr/hop-jeanne-de-flandre-chu-lille</t>
   </si>
   <si>
     <t>1917_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
@@ -203,51 +203,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1969_FicheEtablissement/fr/hopital-swynghedauw-chu-lille</t>
   </si>
   <si>
     <t>1969_FicheEtablissement</t>
   </si>
   <si>
     <t>0320445831</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590784898</t>
   </si>
   <si>
     <t>INSTITUT COEUR POUMON DU CHU LILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1974_FicheEtablissement/fr/institut-coeur-poumon-chu-lille</t>
   </si>
   <si>
     <t>1974_FicheEtablissement</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590787586</t>
   </si>
   <si>
     <t>CENTRE DE SOINS POUR PERSONNES AGÉES DU CHU DE LILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1979_FicheEtablissement/fr/cspa-les-bateliers-chu-lille</t>
   </si>
   <si>
     <t>1979_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Rue Des Bateliers</t>
   </si>
   <si>
     <t>0320557550</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>590791091</t>
   </si>