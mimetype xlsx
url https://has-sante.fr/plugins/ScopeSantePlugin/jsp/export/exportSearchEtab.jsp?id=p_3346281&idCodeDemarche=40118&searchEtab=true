--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -110,96 +110,96 @@
   <si>
     <t>765_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>62 Route De Conches</t>
   </si>
   <si>
     <t>27000 EVREUX</t>
   </si>
   <si>
     <t>EVREUX</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>0232282106</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
+    <t>Médecine</t>
+  </si>
+  <si>
     <t>270016058</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>HOSPITALISATION A DOMICILE LOZERE MENDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1538_FicheEtablissement/fr/had-lozere-mende</t>
   </si>
   <si>
     <t>1538_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Traverse Jean De La Fontaine</t>
   </si>
   <si>
     <t>48000 MENDE</t>
   </si>
   <si>
     <t>MENDE</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>0466943930</t>
   </si>
   <si>
-    <t>Médecine</t>
-[...1 lines deleted...]
-  <si>
     <t>480001825</t>
   </si>
   <si>
     <t>HAD CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1651_FicheEtablissement/fr/had-chalons-en-champagne</t>
   </si>
   <si>
     <t>1651_FicheEtablissement</t>
   </si>
   <si>
-    <t>51 Rue Du Commandant Derrien</t>
+    <t>55 Rue Du Commandant Derrien</t>
   </si>
   <si>
     <t>51005 CHALONS EN CHAMPAGNE</t>
   </si>
   <si>
     <t>CHALONS EN CHAMPAGNE</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>0326635640</t>
   </si>
   <si>
     <t>510020548</t>
   </si>
   <si>
     <t>HAD CHAUMONT LANGRES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1666_FicheEtablissement/fr/had-chaumont-langres</t>
   </si>
   <si>
     <t>1666_FicheEtablissement</t>
   </si>
@@ -393,122 +393,122 @@
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>22</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
         <v>44</v>
       </c>
       <c r="T3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>46</v>
       </c>
       <c r="H4" t="s">
@@ -517,60 +517,60 @@
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>48</v>
       </c>
       <c r="K4" t="s">
         <v>49</v>
       </c>
       <c r="L4" t="s">
         <v>50</v>
       </c>
       <c r="M4" t="s">
         <v>51</v>
       </c>
       <c r="N4" t="s">
         <v>52</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>53</v>
       </c>
       <c r="T4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>55</v>
       </c>
       <c r="H5" t="s">
@@ -579,60 +579,60 @@
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>60</v>
       </c>
       <c r="N5" t="s">
         <v>61</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>62</v>
       </c>
       <c r="T5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>64</v>
       </c>
       <c r="H6" t="s">
@@ -641,55 +641,55 @@
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>67</v>
       </c>
       <c r="L6" t="s">
         <v>68</v>
       </c>
       <c r="M6" t="s">
         <v>69</v>
       </c>
       <c r="N6" t="s">
         <v>70</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>71</v>
       </c>
       <c r="T6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>