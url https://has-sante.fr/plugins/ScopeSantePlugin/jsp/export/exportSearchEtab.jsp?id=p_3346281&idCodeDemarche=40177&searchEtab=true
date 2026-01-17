--- v0 (2025-10-05)
+++ v1 (2026-01-17)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAUX DU SUD MANCHE SITE AVRANCHES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>08/07/2024 09:05:58</t>
+    <t>10/12/2025 13:36:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1593_FicheEtablissement/fr/hopitaux-du-sud-manche-site-avranches</t>
   </si>
   <si>
     <t>1593_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>59 Rue De La Liberte</t>
   </si>
   <si>
     <t>50303 AVRANCHES</t>
   </si>
   <si>
     <t>AVRANCHES</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>0233894000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>500000021</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAUX DU SUD MANCHE SITE GRANVILLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1601_FicheEtablissement/fr/hopitaux-du-sud-manche-site-granville</t>
   </si>
   <si>
     <t>1601_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>849 Rue Des Menneries</t>
   </si>
   <si>
     <t>50406 GRANVILLE</t>
   </si>
   <si>
     <t>GRANVILLE</t>
   </si>
   <si>
     <t>0233915000</t>
   </si>
@@ -197,99 +197,102 @@
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>500000302</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE SAINT HILAIRE DU HARCOUET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1606_FicheEtablissement/fr/ch-de-saint-hilaire-du-harcouet</t>
   </si>
   <si>
     <t>1606_FicheEtablissement</t>
   </si>
   <si>
     <t>50600 ST HILAIRE DU HARCOUET</t>
   </si>
   <si>
     <t>ST HILAIRE DU HARCOUET</t>
   </si>
   <si>
     <t>0233794444</t>
   </si>
   <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>500000427</t>
+  </si>
+  <si>
+    <t>HOPITAL SAINT JAMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1607_FicheEtablissement/fr/hopital-saint-james</t>
+  </si>
+  <si>
+    <t>1607_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Route De Pontorson</t>
+  </si>
+  <si>
+    <t>50240 ST JAMES</t>
+  </si>
+  <si>
+    <t>ST JAMES</t>
+  </si>
+  <si>
+    <t>0233898900</t>
+  </si>
+  <si>
+    <t>500000435</t>
+  </si>
+  <si>
+    <t>HOPITAUX DU SUD MANCHE SITE VILLEDIEU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1610_FicheEtablissement/fr/hopitaux-du-sud-manche-site-villedieu</t>
+  </si>
+  <si>
+    <t>1610_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Jean Gaste</t>
+  </si>
+  <si>
+    <t>50800 VILLEDIEU LES POELES ROUFF</t>
+  </si>
+  <si>
+    <t>VILLEDIEU LES POELES ROUFF</t>
+  </si>
+  <si>
+    <t>0233914300</t>
+  </si>
+  <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
-  </si>
-[...46 lines deleted...]
-    <t>0233914300</t>
   </si>
   <si>
     <t>500000476</t>
   </si>
   <si>
     <t>USLD - SITE AVRANCHES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1614_FicheEtablissement/fr/usld-site-avranches</t>
   </si>
   <si>
     <t>1614_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>500012133</t>
   </si>
 </sst>
 </file>
 
@@ -745,117 +748,117 @@
       <c r="I7" t="s">
         <v>40</v>
       </c>
       <c r="J7" t="s">
         <v>75</v>
       </c>
       <c r="K7" t="s">
         <v>76</v>
       </c>
       <c r="L7" t="s">
         <v>77</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>78</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J8" t="s">
         <v>27</v>
       </c>
       <c r="K8" t="s">
         <v>28</v>
       </c>
       <c r="L8" t="s">
         <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>31</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="T8" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>