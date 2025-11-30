--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -116,51 +116,51 @@
   <si>
     <t>97116 POINTE NOIRE</t>
   </si>
   <si>
     <t>POINTE NOIRE</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>0590805959</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>970100418</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE DU C. H. L-D. BEAUPERTHUY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3465_FicheEtablissement/fr/usld-du-c-h-louis-daniel-beauperthuy</t>
   </si>
   <si>
     <t>3465_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>970104576</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>