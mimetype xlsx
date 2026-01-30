--- v1 (2025-11-30)
+++ v2 (2026-01-30)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/3453_FicheEtablissement/fr/centre-hospitalier-l-d-beauperthuy</t>
   </si>
   <si>
     <t>3453_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>97116 POINTE NOIRE</t>
   </si>
   <si>
     <t>POINTE NOIRE</t>
   </si>
   <si>
     <t>9A</t>
   </si>
   <si>
     <t>0590805959</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Soins médicaux et de réadaptation</t>
+    <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>970100418</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE DU C. H. L-D. BEAUPERTHUY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3465_FicheEtablissement/fr/usld-du-c-h-louis-daniel-beauperthuy</t>
   </si>
   <si>
     <t>3465_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>