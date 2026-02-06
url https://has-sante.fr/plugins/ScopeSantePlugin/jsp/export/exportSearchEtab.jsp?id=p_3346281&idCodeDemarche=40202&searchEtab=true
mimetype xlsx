--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -89,234 +89,234 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL LOCAL DE SIERENTZ</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>29/06/2023 18:27:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2361_FicheEtablissement/fr/hopital-local-de-sierentz</t>
   </si>
   <si>
     <t>2361_FicheEtablissement</t>
   </si>
   <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>35 Rue Rogg Haas</t>
+  </si>
+  <si>
+    <t>68510 SIERENTZ</t>
+  </si>
+  <si>
+    <t>SIERENTZ</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>0389266000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>680000031</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOPITAL DE CERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2363_FicheEtablissement/fr/hopital-de-cernay</t>
+  </si>
+  <si>
+    <t>2363_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Georges Risler</t>
+  </si>
+  <si>
+    <t>68700 CERNAY</t>
+  </si>
+  <si>
+    <t>CERNAY</t>
+  </si>
+  <si>
+    <t>0389385414</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>680000122</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER  SAINT MORAND D'ALTKIRCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2373_FicheEtablissement/fr/centre-hospitalier-d-altkirch</t>
+  </si>
+  <si>
+    <t>2373_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>23 Rue Du Troisieme Zouave</t>
+  </si>
+  <si>
+    <t>68134 ALTKIRCH</t>
+  </si>
+  <si>
+    <t>ALTKIRCH</t>
+  </si>
+  <si>
+    <t>0389083030</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>680000544</t>
+  </si>
+  <si>
+    <t>HOPITAL DE THANN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2375_FicheEtablissement/fr/hopital-de-thann</t>
+  </si>
+  <si>
+    <t>2375_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Saint Jacques</t>
+  </si>
+  <si>
+    <t>68802 THANN</t>
+  </si>
+  <si>
+    <t>THANN</t>
+  </si>
+  <si>
+    <t>0389377101</t>
+  </si>
+  <si>
+    <t>680000601</t>
+  </si>
+  <si>
+    <t>HOPITAL DU HASENRAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2376_FicheEtablissement/fr/hopital-du-hasenrain</t>
+  </si>
+  <si>
+    <t>2376_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>87 Avenue D'Altkirch</t>
+  </si>
+  <si>
+    <t>68051 MULHOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>MULHOUSE CEDEX 1</t>
+  </si>
+  <si>
+    <t>0389646464</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>680000627</t>
+  </si>
+  <si>
+    <t>HOPITAL EMILE MULLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2392_FicheEtablissement/fr/hopital-emile-muller</t>
+  </si>
+  <si>
+    <t>2392_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>20 Rue Du Dr Laennec</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>680004546</t>
+  </si>
+  <si>
+    <t>MAISON MEDICALE POUR PERSONNES AGEES - GHRMSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2393_FicheEtablissement/fr/maison-medicale-pour-personnes-agees</t>
+  </si>
+  <si>
+    <t>2393_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Du Dr Mangeney</t>
+  </si>
+  <si>
+    <t>680004553</t>
+  </si>
+  <si>
+    <t>UNITÉ DE SOINS DE LONGUE DURÉE DE L'HOPITAL DE CERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2397_FicheEtablissement/fr/usld-hopital-de-cernay</t>
+  </si>
+  <si>
+    <t>2397_FicheEtablissement</t>
+  </si>
+  <si>
     <t>petit</t>
-  </si>
-[...181 lines deleted...]
-    <t>2397_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>680012044</t>
   </si>
   <si>
     <t>LONG SEJOUR DU CENTRE HOSPITALIER SAINT-MORAND D'ALTKIRCH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2398_FicheEtablissement/fr/usld-ch-altkirch</t>
   </si>
   <si>
     <t>2398_FicheEtablissement</t>
   </si>
   <si>
     <t>68130 ALTKIRCH</t>
   </si>
   <si>
     <t>680012051</t>
   </si>
   <si>
     <t>LONG SEJOUR DE LA MAISON MEDICALE POUR PERS. AGEES MULHOUSE</t>
   </si>
@@ -551,556 +551,556 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
         <v>40</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>41</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
+        <v>44</v>
+      </c>
+      <c r="R3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S3" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="T3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
         <v>48</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
         <v>49</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>50</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
+        <v>53</v>
+      </c>
+      <c r="R4" t="s">
+        <v>34</v>
+      </c>
+      <c r="S4" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="T4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
         <v>57</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
         <v>58</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>59</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="R5" t="s">
         <v>34</v>
       </c>
       <c r="S5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6" t="s">
         <v>65</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" t="s">
         <v>66</v>
       </c>
-      <c r="I6" t="s">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>67</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
+        <v>70</v>
+      </c>
+      <c r="R6" t="s">
+        <v>34</v>
+      </c>
+      <c r="S6" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7" t="s">
         <v>74</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>75</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>76</v>
       </c>
-      <c r="J7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
+        <v>77</v>
+      </c>
+      <c r="R7" t="s">
+        <v>34</v>
+      </c>
+      <c r="S7" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="T7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
         <v>81</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" t="s">
         <v>82</v>
       </c>
-      <c r="I8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
+        <v>85</v>
+      </c>
+      <c r="H9" t="s">
         <v>86</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>87</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
         <v>41</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>34</v>
       </c>
       <c r="Q9" t="s">
         <v>88</v>
       </c>
       <c r="R9" t="s">
         <v>34</v>
       </c>
       <c r="S9" t="s">
         <v>89</v>
       </c>
       <c r="T9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>91</v>
       </c>
       <c r="H10" t="s">
         <v>92</v>
       </c>
       <c r="I10" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K10" t="s">
         <v>93</v>
       </c>
       <c r="L10" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>34</v>
       </c>
       <c r="Q10" t="s">
         <v>88</v>
       </c>
       <c r="R10" t="s">
         <v>34</v>
       </c>
       <c r="S10" t="s">
         <v>94</v>
       </c>
       <c r="T10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>96</v>
       </c>
       <c r="H11" t="s">
         <v>97</v>
       </c>
       <c r="I11" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="J11" t="s">
         <v>98</v>
       </c>
       <c r="K11" t="s">
+        <v>67</v>
+      </c>
+      <c r="L11" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M11" t="s">
         <v>30</v>
       </c>
       <c r="N11" t="s">
         <v>99</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>34</v>
       </c>
       <c r="Q11" t="s">
         <v>88</v>
       </c>
       <c r="R11" t="s">
         <v>34</v>
       </c>
       <c r="S11" t="s">
         <v>100</v>
       </c>
       <c r="T11" t="s">
         <v>36</v>
       </c>
@@ -1109,137 +1109,137 @@
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>102</v>
       </c>
       <c r="H12" t="s">
         <v>103</v>
       </c>
       <c r="I12" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
         <v>67</v>
       </c>
-      <c r="K12" t="s">
+      <c r="L12" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M12" t="s">
         <v>30</v>
       </c>
       <c r="N12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>34</v>
       </c>
       <c r="Q12" t="s">
         <v>88</v>
       </c>
       <c r="R12" t="s">
         <v>34</v>
       </c>
       <c r="S12" t="s">
         <v>104</v>
       </c>
       <c r="T12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>106</v>
       </c>
       <c r="H13" t="s">
         <v>107</v>
       </c>
       <c r="I13" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J13" t="s">
         <v>108</v>
       </c>
       <c r="K13" t="s">
         <v>109</v>
       </c>
       <c r="L13" t="s">
         <v>110</v>
       </c>
       <c r="M13" t="s">
         <v>30</v>
       </c>
       <c r="N13" t="s">
         <v>22</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>111</v>
       </c>
       <c r="T13" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">