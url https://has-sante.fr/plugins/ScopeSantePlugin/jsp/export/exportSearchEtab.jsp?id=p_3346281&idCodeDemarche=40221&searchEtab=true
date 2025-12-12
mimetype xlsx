--- v0 (2025-10-05)
+++ v1 (2025-12-12)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE SAINT DIDIER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/06/2025 07:46:18</t>
+    <t>17/10/2025 18:26:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1551_FicheEtablissement/fr/clinique-saint-didier</t>
   </si>
   <si>
     <t>1551_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>13 Avenue Du Commandant Mesnard</t>
   </si>
   <si>
     <t>49240 AVRILLE</t>
   </si>
   <si>
     <t>AVRILLE</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241333440</t>
   </si>