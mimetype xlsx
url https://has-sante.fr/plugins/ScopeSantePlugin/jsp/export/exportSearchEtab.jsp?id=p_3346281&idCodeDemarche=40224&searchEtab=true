--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -80,51 +80,51 @@
   <si>
     <t>Type of Healthcare organisation</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Legal status</t>
   </si>
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CAPIO CLINIQUE AGUILERA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/03/2025 17:01:00</t>
+    <t>11/12/2025 14:46:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2219_FicheEtablissement/en/capio-clinique-aguilera</t>
   </si>
   <si>
     <t>2219_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>21 Rue De L'Estagnas</t>
   </si>
   <si>
     <t>64201 BIARRITZ</t>
   </si>
   <si>
     <t>BIARRITZ</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>0536286400</t>
   </si>