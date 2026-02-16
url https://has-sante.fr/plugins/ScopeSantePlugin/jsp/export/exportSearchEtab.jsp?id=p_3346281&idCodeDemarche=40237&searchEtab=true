--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -1,280 +1,283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE DE SOINS DE SUITE DU CHATEAU DE MARLONGES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/17/2025 15:45:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/509_FicheEtablissement/en/css-du-chateau-marlonges-chambon</t>
+    <t>17/11/2025 15:45:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/509_FicheEtablissement/fr/css-du-chateau-marlonges-chambon</t>
   </si>
   <si>
     <t>509_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue De La Grosse Motte</t>
   </si>
   <si>
     <t>17290 CHAMBON</t>
   </si>
   <si>
     <t>CHAMBON</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>0546274848</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>170000061</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HOPITAL SAINT-LOUIS - LA ROCHELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/511_FicheEtablissement/en/hopital-saint-louis-la-rochelle</t>
+    <t>https://www.has-sante.fr/jcms/511_FicheEtablissement/fr/hopital-saint-louis-la-rochelle</t>
   </si>
   <si>
     <t>511_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>17019 LA ROCHELLE CEDEX 1</t>
   </si>
   <si>
     <t>LA ROCHELLE CEDEX 1</t>
   </si>
   <si>
     <t>0546455050</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>170000087</t>
   </si>
   <si>
     <t>CH ST HONORE - ST-MARTIN-DE-RE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/514_FicheEtablissement/en/ch-st-honore-st-martin-de-re</t>
+    <t>https://www.has-sante.fr/jcms/514_FicheEtablissement/fr/ch-st-honore-st-martin-de-re</t>
   </si>
   <si>
     <t>514_FicheEtablissement</t>
   </si>
   <si>
     <t>53 Rue De L Hopital</t>
   </si>
   <si>
     <t>17410 ST MARTIN DE RE</t>
   </si>
   <si>
     <t>ST MARTIN DE RE</t>
   </si>
   <si>
     <t>0546092001</t>
   </si>
   <si>
     <t>170000111</t>
   </si>
   <si>
     <t>CENTRE DE CRISE HOPITAL ST LOUIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/519_FicheEtablissement/en/centre-de-crise-hopital-st-louis</t>
+    <t>https://www.has-sante.fr/jcms/519_FicheEtablissement/fr/centre-de-crise-hopital-st-louis</t>
   </si>
   <si>
     <t>519_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>LA ROCHELLE</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>170017644</t>
   </si>
   <si>
     <t>QUARTIER PSYCHIATRIQUE DE LAFOND</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/531_FicheEtablissement/en/hopital-marius-lacroix</t>
+    <t>https://www.has-sante.fr/jcms/531_FicheEtablissement/fr/hopital-marius-lacroix</t>
   </si>
   <si>
     <t>531_FicheEtablissement</t>
   </si>
   <si>
     <t>208 Rue Marius Lacroix</t>
   </si>
   <si>
     <t>17022 LA ROCHELLE CEDEX 1</t>
   </si>
   <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
     <t>170782981</t>
   </si>
   <si>
     <t>SSR POUR PERSONNES AGEES DU CH LA ROCHELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/533_FicheEtablissement/en/ssr-ch-la-rochelle</t>
+    <t>https://www.has-sante.fr/jcms/533_FicheEtablissement/fr/ssr-ch-la-rochelle</t>
   </si>
   <si>
     <t>533_FicheEtablissement</t>
   </si>
   <si>
     <t>170784110</t>
   </si>
   <si>
     <t>USLD CH LA ROCHELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/536_FicheEtablissement/en/usld-ch-la-rochelle</t>
+    <t>https://www.has-sante.fr/jcms/536_FicheEtablissement/fr/usld-ch-la-rochelle</t>
   </si>
   <si>
     <t>536_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>170791321</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -632,203 +635,203 @@
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>63</v>
       </c>
       <c r="H6" t="s">
         <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>66</v>
       </c>
       <c r="L6" t="s">
         <v>42</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>43</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="T6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>66</v>
       </c>
       <c r="L7" t="s">
         <v>42</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>43</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>34</v>
       </c>
       <c r="S7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I8" t="s">
         <v>57</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>66</v>
       </c>
       <c r="L8" t="s">
         <v>42</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
         <v>43</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
       <c r="Q8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R8" t="s">
         <v>34</v>
       </c>
       <c r="S8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T8" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>