--- v0 (2025-10-06)
+++ v1 (2026-03-05)
@@ -110,51 +110,51 @@
   <si>
     <t>327_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>3 Boulevard Des Rayettes</t>
   </si>
   <si>
     <t>13698 MARTIGUES</t>
   </si>
   <si>
     <t>MARTIGUES</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0442432222</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>130002835</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CH DU VALLON MARTIGUES SLD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/338_FicheEtablissement/fr/ch-du-vallon-martigues-sld</t>
   </si>
   <si>
     <t>338_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>13500 MARTIGUES</t>
   </si>