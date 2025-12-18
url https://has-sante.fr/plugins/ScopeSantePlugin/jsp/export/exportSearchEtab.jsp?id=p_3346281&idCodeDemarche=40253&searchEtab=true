--- v0 (2025-10-26)
+++ v1 (2025-12-18)
@@ -80,87 +80,87 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CHI SITE D'AIX EN PROVENCE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/07/2024 14:47:55</t>
+    <t>17/11/2025 15:42:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/317_FicheEtablissement/fr/chi-site-d-aix-en-provence</t>
   </si>
   <si>
     <t>317_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>13616 AIX EN PROVENCE CEDEX 1</t>
   </si>
   <si>
     <t>AIX EN PROVENCE CEDEX 1</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0442335000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>130000409</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD DUQUESNE SITE AIX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/420_FicheEtablissement/fr/usld-duquesne-site-aix</t>
   </si>
   <si>
     <t>420_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>3 Chemin De La Vierge Noire</t>
   </si>
   <si>
     <t>13091 AIX EN PROVENCE CEDEX 2</t>
   </si>
   <si>
     <t>AIX EN PROVENCE CEDEX 2</t>
   </si>
   <si>
     <t>0442335080</t>
   </si>