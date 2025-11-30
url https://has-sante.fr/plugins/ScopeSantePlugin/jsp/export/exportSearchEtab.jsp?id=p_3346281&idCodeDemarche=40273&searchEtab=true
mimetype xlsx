--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -1,412 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="124">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CTRE D'EDUC ET D'AUTODIAL MEDICALISEE CHRU BRABOIS ALTIR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/30/2025 17:23:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3836_FicheEtablissement/en/ctre-d-educ-autodial-medic-chru-altir</t>
+    <t>24/11/2025 08:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3836_FicheEtablissement/fr/ctre-d-educ-autodial-medic-chru-altir</t>
   </si>
   <si>
     <t>3836_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>54504 VANDOEUVRE LES NANCY</t>
   </si>
   <si>
     <t>VANDOEUVRE LES NANCY</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>0383153740</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>540000981</t>
   </si>
   <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CTRE D'AUTODIAL ET DIALYSE MEDIC TECHNOPOLE BRABOIS (ALTIR)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3837_FicheEtablissement/en/ctre-d-autodial-et-dial-medic-brabois</t>
+    <t>https://www.has-sante.fr/jcms/3837_FicheEtablissement/fr/ctre-d-autodial-et-dial-medic-brabois</t>
   </si>
   <si>
     <t>3837_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Rue Du Bois De Champelle</t>
   </si>
   <si>
     <t>54500 VANDOEUVRE LES NANCY</t>
   </si>
   <si>
     <t>0383170170</t>
   </si>
   <si>
     <t>540008380</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE DE L'ALTIR A VERDUN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3838_FicheEtablissement/en/centre-d-autodialyse-a-verdun-altir</t>
+    <t>https://www.has-sante.fr/jcms/3838_FicheEtablissement/fr/centre-d-autodialyse-a-verdun-altir</t>
   </si>
   <si>
     <t>3838_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>2 Rue Mogador</t>
   </si>
   <si>
     <t>55100 VERDUN</t>
   </si>
   <si>
     <t>VERDUN</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>0329860203</t>
   </si>
   <si>
     <t>550002885</t>
   </si>
   <si>
     <t>CTRE AUTODIALYSE ET DIAL MÉDICAL TELESURVEILLEE A BAR LE DUC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3839_FicheEtablissement/en/ctre-autodial-udm-a-bar-le-duc-altir</t>
+    <t>https://www.has-sante.fr/jcms/3839_FicheEtablissement/fr/ctre-autodial-udm-a-bar-le-duc-altir</t>
   </si>
   <si>
     <t>3839_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Boulevard D'Argonne</t>
   </si>
   <si>
     <t>55000 BAR LE DUC</t>
   </si>
   <si>
     <t>BAR LE DUC</t>
   </si>
   <si>
     <t>0329458625</t>
   </si>
   <si>
     <t>550005219</t>
   </si>
   <si>
     <t>CTRE AUTODIALYSE UDM THIONVILLE-ALTIR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3851_FicheEtablissement/en/ctre-autodialyse-udm-thionville-altir</t>
+    <t>https://www.has-sante.fr/jcms/3851_FicheEtablissement/fr/ctre-autodialyse-udm-thionville-altir</t>
   </si>
   <si>
     <t>3851_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue De Friscaty</t>
   </si>
   <si>
     <t>57100 THIONVILLE</t>
   </si>
   <si>
     <t>THIONVILLE</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>0382558479</t>
   </si>
   <si>
     <t>570011635</t>
   </si>
   <si>
     <t>CTRE AUTODIALYSE DE SARREBOURG - ALTIR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3852_FicheEtablissement/en/ctre-autodialyse-de-sarrebourg-altir</t>
+    <t>https://www.has-sante.fr/jcms/3852_FicheEtablissement/fr/ctre-autodialyse-de-sarrebourg-altir</t>
   </si>
   <si>
     <t>3852_FicheEtablissement</t>
   </si>
   <si>
     <t>34 Avenue De La Division Leclerc</t>
   </si>
   <si>
     <t>57400 SARREBOURG</t>
   </si>
   <si>
     <t>SARREBOURG</t>
   </si>
   <si>
     <t>0387248930</t>
   </si>
   <si>
     <t>570022830</t>
   </si>
   <si>
     <t>CTRE AUTODIAL UDM SARREGUEMINES -ALTIR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3853_FicheEtablissement/en/ctre-autodial-udm-sarreguemines-altir</t>
+    <t>https://www.has-sante.fr/jcms/3853_FicheEtablissement/fr/ctre-autodial-udm-sarreguemines-altir</t>
   </si>
   <si>
     <t>3853_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue De L'Ancien Hopital</t>
   </si>
   <si>
     <t>57200 SARREGUEMINES</t>
   </si>
   <si>
     <t>SARREGUEMINES</t>
   </si>
   <si>
     <t>0387097678</t>
   </si>
   <si>
     <t>570027029</t>
   </si>
   <si>
     <t>CENTRE AUTODIALYSE DE PELTRE - ALTIR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3855_FicheEtablissement/en/ctre-autodialyse-peltre-altir</t>
+    <t>https://www.has-sante.fr/jcms/3855_FicheEtablissement/fr/ctre-autodialyse-peltre-altir</t>
   </si>
   <si>
     <t>3855_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Rue Du Jardin D'Ecosse</t>
   </si>
   <si>
     <t>57245 PELTRE</t>
   </si>
   <si>
     <t>PELTRE</t>
   </si>
   <si>
     <t>0387787229</t>
   </si>
   <si>
     <t>570027680</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE GERARDMER (ALTIR)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4055_FicheEtablissement/en/centre-d-autodialyse-gerardmer-altir</t>
+    <t>https://www.has-sante.fr/jcms/4055_FicheEtablissement/fr/centre-d-autodialyse-gerardmer-altir</t>
   </si>
   <si>
     <t>4055_FicheEtablissement</t>
   </si>
   <si>
     <t>39 Boulevard Kelsch</t>
   </si>
   <si>
     <t>88400 GERARDMER</t>
   </si>
   <si>
     <t>GERARDMER</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>0329634620</t>
   </si>
   <si>
     <t>880001458</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ALTIR DE VITTEL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4056_FicheEtablissement/en/centre-d-autodialyse-de-vittel-altir</t>
+    <t>https://www.has-sante.fr/jcms/4056_FicheEtablissement/fr/centre-d-autodialyse-de-vittel-altir</t>
   </si>
   <si>
     <t>4056_FicheEtablissement</t>
   </si>
   <si>
     <t>88800 VITTEL</t>
   </si>
   <si>
     <t>VITTEL</t>
   </si>
   <si>
     <t>0329095692</t>
   </si>
   <si>
     <t>880001730</t>
   </si>
   <si>
     <t>ASS LORRAINE POUR LE TRAITEMENT DE L'INSUFFISANCE RENALE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4057_FicheEtablissement/en/centre-udm-et-autodialyse-epinal</t>
+    <t>https://www.has-sante.fr/jcms/4057_FicheEtablissement/fr/centre-udm-et-autodialyse-epinal</t>
   </si>
   <si>
     <t>4057_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Allée Des Chênes</t>
   </si>
   <si>
     <t>88000 EPINAL</t>
   </si>
   <si>
     <t>EPINAL</t>
   </si>
   <si>
     <t>880007653</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ALTIR DE SAINT-DIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4058_FicheEtablissement/en/centre-d-autodialyse-de-st-die-altir</t>
+    <t>https://www.has-sante.fr/jcms/4058_FicheEtablissement/fr/centre-d-autodialyse-de-st-die-altir</t>
   </si>
   <si>
     <t>4058_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Rue Du Nouvel Hopital</t>
   </si>
   <si>
     <t>88100 ST DIE DES VOSGES</t>
   </si>
   <si>
     <t>ST DIE DES VOSGES</t>
   </si>
   <si>
     <t>0329562546</t>
   </si>
   <si>
     <t>880785548</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>