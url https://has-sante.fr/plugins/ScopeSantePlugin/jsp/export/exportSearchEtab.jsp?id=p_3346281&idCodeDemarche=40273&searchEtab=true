--- v1 (2025-11-30)
+++ v2 (2026-03-02)
@@ -897,51 +897,51 @@
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>78</v>
       </c>
       <c r="H8" t="s">
         <v>79</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>80</v>
       </c>
       <c r="K8" t="s">
         <v>81</v>
       </c>
       <c r="L8" t="s">
         <v>82</v>
       </c>
       <c r="M8" t="s">
         <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>83</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>31</v>
       </c>
       <c r="Q8" t="s">
         <v>32</v>
       </c>